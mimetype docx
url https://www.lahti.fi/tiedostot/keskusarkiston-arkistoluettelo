--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -1,48189 +1,31728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TaulukkoRuudukko"/>
-        <w:tblW w:w="10773" w:type="dxa"/>
+        <w:tblW w:w="11057" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6379"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="6804"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E0613B" w:rsidRPr="004C67B8" w14:paraId="341FAE34" w14:textId="77777777" w:rsidTr="009A31E4">
-[...4 lines deleted...]
-          <w:p w14:paraId="3C16C6BB" w14:textId="18DBDCAC" w:rsidR="00E0613B" w:rsidRPr="00C0095F" w:rsidRDefault="00C0095F" w:rsidP="00CD2C5F">
+      <w:tr w:rsidR="00E0613B" w:rsidRPr="004C67B8" w14:paraId="341FAE34" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C16C6BB" w14:textId="60BE2A20" w:rsidR="00E0613B" w:rsidRPr="0026010F" w:rsidRDefault="00C0095F" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Sisällysluetteloa päivitetään.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D2DAE2" w14:textId="77777777" w:rsidR="00E0613B" w:rsidRPr="0026010F" w:rsidRDefault="00E0613B" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4423FFF8" w14:textId="77777777" w:rsidR="00E0613B" w:rsidRPr="0026010F" w:rsidRDefault="00E0613B" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A06AE5" w:rsidRPr="004C67B8" w14:paraId="51BA6C7F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6572BB7D" w14:textId="77777777" w:rsidR="00A06AE5" w:rsidRPr="0026010F" w:rsidRDefault="00A06AE5" w:rsidP="00CD2C5F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C0095F">
-[...88 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8F8778" w14:textId="77777777" w:rsidR="00A06AE5" w:rsidRPr="0026010F" w:rsidRDefault="00A06AE5" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064CF75D" w14:textId="77777777" w:rsidR="00A06AE5" w:rsidRPr="0026010F" w:rsidRDefault="00A06AE5" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="004C67B8" w14:paraId="3F24DEAE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB2C687" w14:textId="7217AB8A" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk87513766"/>
-            <w:r w:rsidRPr="00DF5962">
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...2828 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68770401" w14:textId="7A7966A4" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...13 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E187D6" w14:textId="74945B24" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...85 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D4407" w:rsidRPr="00F22442" w14:paraId="440ECC89" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B2C00D" w14:textId="00E69641" w:rsidR="004D4407" w:rsidRPr="0026010F" w:rsidRDefault="004D4407" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ahtial</w:t>
+            </w:r>
+            <w:r w:rsidR="00F71315" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>an kansakoulu</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4028B" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F71315" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Nastola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="527E9301" w14:textId="6D8FCAC9" w:rsidR="004D4407" w:rsidRPr="0026010F" w:rsidRDefault="004830BA" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1903–1973</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDA76DC" w14:textId="301035AD" w:rsidR="004D4407" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>81–82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E83A2E" w:rsidRPr="00F22442" w14:paraId="6FEEFDE9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="768C2376" w14:textId="06BB8028" w:rsidR="00E83A2E" w:rsidRPr="0026010F" w:rsidRDefault="00E83A2E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ahtialan peruskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79395655" w14:textId="6C1947D2" w:rsidR="00E83A2E" w:rsidRPr="0026010F" w:rsidRDefault="006832FA" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1994–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B1ED72" w14:textId="4866C275" w:rsidR="00E83A2E" w:rsidRPr="0026010F" w:rsidRDefault="006832FA" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>259</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00F22442" w14:paraId="5F6B32A2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047F8D0F" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Alkoholisti- ja irtolaistoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5335BE" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1937–1956 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4183D5" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00F22442" w14:paraId="3D6236A0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8249CB" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Alkoholitarkastaja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5755BB86" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1944–1991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F07E829" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00C34343" w14:paraId="0C7691AB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD667C5" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Aloitetoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B57F3FD" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1951–1958</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="283821D4" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00BD3E59" w14:paraId="714C3F4E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBF03D2" w14:textId="3F938ACE" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ammatillinen kurssikeskus</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED4098" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Aikuiskoulutuskeskus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0259B2" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1971–1996 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3737C34D" w14:textId="13604245" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>243–256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00FF639C" w14:paraId="7779506E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1525877A" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ammattientarkastaja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCB1BC6" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1921–1953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F56D93" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B14E30" w:rsidRPr="00FF639C" w14:paraId="6189425B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B70636" w14:textId="7BF09CDC" w:rsidR="00B14E30" w:rsidRPr="0026010F" w:rsidRDefault="00B14E30" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ammattikoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6575F32C" w14:textId="6FE57855" w:rsidR="00B14E30" w:rsidRPr="0026010F" w:rsidRDefault="0055263E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1895–1956</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FEC99B" w14:textId="52A8FB52" w:rsidR="00B14E30" w:rsidRPr="0026010F" w:rsidRDefault="0055263E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008653DC" w:rsidRPr="00FF639C" w14:paraId="62FE5EF2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F65164B" w14:textId="36AA90D0" w:rsidR="008653DC" w:rsidRPr="0026010F" w:rsidRDefault="008653DC" w:rsidP="008653DC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ammattioppilaitos ja </w:t>
+            </w:r>
+            <w:r w:rsidR="004F5250" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>lautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54151AB4" w14:textId="0AC104FD" w:rsidR="008653DC" w:rsidRPr="0026010F" w:rsidRDefault="008653DC" w:rsidP="008653DC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1944–</w:t>
+            </w:r>
+            <w:r w:rsidR="007171F8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AE54F7" w14:textId="15AAA0A1" w:rsidR="008653DC" w:rsidRPr="0026010F" w:rsidRDefault="008653DC" w:rsidP="008653DC">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>195–198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00771913" w:rsidRPr="00FF639C" w14:paraId="2186A0B6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56923AE0" w14:textId="068051A4" w:rsidR="00771913" w:rsidRPr="0026010F" w:rsidRDefault="00FB1D52" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00771913" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Diaarikirjat ja -kor</w:t>
+            </w:r>
+            <w:r w:rsidR="00F25D63" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00771913" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>it</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E99411" w14:textId="789E3B0E" w:rsidR="00771913" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1956–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E23136" w14:textId="718E49FB" w:rsidR="00771913" w:rsidRPr="0026010F" w:rsidRDefault="00771913" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00383CFC" w:rsidRPr="00FF639C" w14:paraId="60833D2D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EEA210" w14:textId="77ABCA87" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00882C3A" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00383CFC" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Johtokunnan käsittelemät asiat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CC135B" w14:textId="3660644A" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1965–1981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="040F7835" w14:textId="1CBB55B1" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00383CFC" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00383CFC" w:rsidRPr="00FF639C" w14:paraId="4E3407A8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2953C751" w14:textId="0FCFE794" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00882C3A" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00383CFC" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Johtokunnan pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E122EA5" w14:textId="751A801D" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1944–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A94169A" w14:textId="63F24E58" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>195–196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00383CFC" w:rsidRPr="00FF639C" w14:paraId="72B70261" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F451FEB" w14:textId="5A0A3399" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00FB1D52" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00383CFC" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Kurssien todistusjäljennöksiä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E63809" w14:textId="3E60334B" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1957–64</w:t>
+            </w:r>
+            <w:r w:rsidR="00383CFC" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1974–90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40009DEA" w14:textId="3E863C91" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00383CFC" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00383CFC" w:rsidRPr="00FF639C" w14:paraId="6E599448" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CEB6ED" w14:textId="289409D5" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00FB1D52" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00383CFC" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Lähetetyt ja saapuneet kirjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4C5E7D" w14:textId="0381971B" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1944–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD1CAB0" w14:textId="7CFADCFD" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>196–198</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00383CFC" w:rsidRPr="00FF639C" w14:paraId="485B45C5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0331A03E" w14:textId="365EEDE2" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00FB1D52" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00383CFC" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Muut pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DD16BC" w14:textId="603C74D3" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00C467F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1954–1996</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BDFB37" w14:textId="3DAED927" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00383CFC" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00383CFC" w:rsidRPr="00FF639C" w14:paraId="3DF3D75E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4378B0D8" w14:textId="3D7F4C2E" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00FB1D52" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00383CFC" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Oppilasluettelot ja -tilastot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08252491" w14:textId="3B9AAC52" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00A71BD2" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1966–1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F876D7" w14:textId="019E3F1E" w:rsidR="00383CFC" w:rsidRPr="0026010F" w:rsidRDefault="00383CFC" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>195</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F71315" w:rsidRPr="00007B94" w14:paraId="20F97448" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7B709F" w14:textId="74727289" w:rsidR="00F71315" w:rsidRPr="0026010F" w:rsidRDefault="00F71315" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Anttilanmäen</w:t>
+            </w:r>
+            <w:r w:rsidR="0045147F" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="499C7D4C" w14:textId="7EC64217" w:rsidR="00F71315" w:rsidRPr="0026010F" w:rsidRDefault="00A71BD2" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1906–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="137F9811" w14:textId="49D084A8" w:rsidR="00F71315" w:rsidRPr="0026010F" w:rsidRDefault="0045147F" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C4905" w:rsidRPr="00007B94" w14:paraId="430B1A5A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="085587B6" w14:textId="4D03F17A" w:rsidR="005C4905" w:rsidRPr="0026010F" w:rsidRDefault="005C4905" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Asemakaa</w:t>
+            </w:r>
+            <w:r w:rsidR="000B1E31" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>va ja tonttijakoa koskevat kuulutukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54441394" w14:textId="389935E3" w:rsidR="005C4905" w:rsidRPr="0026010F" w:rsidRDefault="006832FA" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1960–1977</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AFF306" w14:textId="596134F4" w:rsidR="005C4905" w:rsidRPr="0026010F" w:rsidRDefault="000B1E31" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E5F2E" w:rsidRPr="00007B94" w14:paraId="0655F046" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4960C3C8" w14:textId="3F2FAFE6" w:rsidR="007E5F2E" w:rsidRPr="0026010F" w:rsidRDefault="007E5F2E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Asemakaavamuutoksia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20439C03" w14:textId="5E876757" w:rsidR="007E5F2E" w:rsidRPr="0026010F" w:rsidRDefault="00827DF5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1998–1999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC4D616" w14:textId="36821439" w:rsidR="007E5F2E" w:rsidRPr="0026010F" w:rsidRDefault="007E5F2E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00843785" w14:paraId="77A6123A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D5D29C" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ammattioppilaslautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CFD821D" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1924–1972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14756B67" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00416E31" w:rsidRPr="00843785" w14:paraId="683A8779" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6EDF53" w14:textId="677A5752" w:rsidR="00416E31" w:rsidRPr="0026010F" w:rsidRDefault="00416E31" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ampumahiihto MM-kisat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7A4AD2" w14:textId="3A4827BB" w:rsidR="00416E31" w:rsidRPr="0026010F" w:rsidRDefault="00416E31" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="049521B3" w14:textId="46222C72" w:rsidR="00416E31" w:rsidRPr="0026010F" w:rsidRDefault="000A2E3A" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A4A73" w:rsidRPr="00843785" w14:paraId="56DDAFA4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="613BA50B" w14:textId="2AC405FC" w:rsidR="005A4A73" w:rsidRPr="0026010F" w:rsidRDefault="00E83A2E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ansioluettelot</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4028B" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="005A4A73" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>virkoihin ja tehtäviin valitut A-Ö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48378225" w14:textId="77777777" w:rsidR="005A4A73" w:rsidRPr="0026010F" w:rsidRDefault="005A4A73" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1488958B" w14:textId="0872E045" w:rsidR="005A4A73" w:rsidRPr="0026010F" w:rsidRDefault="00E83A2E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>566</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00481823" w:rsidRPr="00843785" w14:paraId="405EC755" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4551E6BB" w14:textId="51A3A3D9" w:rsidR="00481823" w:rsidRPr="0026010F" w:rsidRDefault="00E11B89" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Apulaiskaupunginjohtajan</w:t>
+            </w:r>
+            <w:r w:rsidR="00481823" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aineistoa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="720D6F32" w14:textId="51901F16" w:rsidR="00481823" w:rsidRPr="0026010F" w:rsidRDefault="009D572A" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1974–2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="086FB426" w14:textId="685FA755" w:rsidR="00481823" w:rsidRPr="0026010F" w:rsidRDefault="009D572A" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>66–67</w:t>
+            </w:r>
+            <w:r w:rsidR="006A53FD" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A53FD" w:rsidRPr="00843785" w14:paraId="0A313773" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C426AD5" w14:textId="7B8AD50E" w:rsidR="006A53FD" w:rsidRPr="0026010F" w:rsidRDefault="006F791B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="006A53FD" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Kopra Antti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B093B27" w14:textId="2B364AF8" w:rsidR="006A53FD" w:rsidRPr="0026010F" w:rsidRDefault="006A53FD" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1974–1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2F35D7" w14:textId="5CE6D825" w:rsidR="006A53FD" w:rsidRPr="0026010F" w:rsidRDefault="006A53FD" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A56CF1" w:rsidRPr="00843785" w14:paraId="6D9F0556" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A12B85" w14:textId="6259729B" w:rsidR="00A56CF1" w:rsidRPr="0026010F" w:rsidRDefault="006F791B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00876D7C" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Porvari Markku </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="170F6044" w14:textId="168FD997" w:rsidR="00A56CF1" w:rsidRPr="0026010F" w:rsidRDefault="00B54EA8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1995–2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43ECC71A" w14:textId="60EDC3FD" w:rsidR="00A56CF1" w:rsidRPr="0026010F" w:rsidRDefault="00B54EA8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A56CF1" w:rsidRPr="00843785" w14:paraId="1CB9D072" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:trPr>
+          <w:trHeight w:val="191"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CBB6F1" w14:textId="2F3A99B6" w:rsidR="00A56CF1" w:rsidRPr="0026010F" w:rsidRDefault="006F791B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00B54EA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Salmi Kari</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02361C36" w14:textId="3C6B168A" w:rsidR="00A56CF1" w:rsidRPr="0026010F" w:rsidRDefault="00B54EA8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1983–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E5033B" w14:textId="6F3C331E" w:rsidR="00A56CF1" w:rsidRPr="0026010F" w:rsidRDefault="00B54EA8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E11B89" w:rsidRPr="00843785" w14:paraId="4A686B70" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3404BB57" w14:textId="7627AEF5" w:rsidR="00E11B89" w:rsidRPr="0026010F" w:rsidRDefault="006F791B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="0080435E" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Santero Aarre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3493C6C2" w14:textId="777D105B" w:rsidR="00E11B89" w:rsidRPr="0026010F" w:rsidRDefault="003A4CB8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1974–1978</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="243CC543" w14:textId="7DA51348" w:rsidR="00E11B89" w:rsidRPr="0026010F" w:rsidRDefault="0080435E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004041EF" w:rsidRPr="00843785" w14:paraId="4F3C4F63" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD789EE" w14:textId="112983F3" w:rsidR="004041EF" w:rsidRPr="0026010F" w:rsidRDefault="004041EF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Apulaiskaupunginjohtajan päätösluettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D32183" w14:textId="575AFCF7" w:rsidR="004041EF" w:rsidRPr="0026010F" w:rsidRDefault="00827DF5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1995–2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B98552" w14:textId="754A7A68" w:rsidR="004041EF" w:rsidRPr="0026010F" w:rsidRDefault="00074EAE" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00000D9B" w:rsidRPr="00843785" w14:paraId="0B802915" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A32BDB" w14:textId="3BB8124E" w:rsidR="00000D9B" w:rsidRPr="0026010F" w:rsidRDefault="00000D9B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Arvonimien ja ansiomerkkien luovutu</w:t>
+            </w:r>
+            <w:r w:rsidR="00075B9F" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00580E6E" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>tilaisuudet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D63C9C" w14:textId="73D76043" w:rsidR="00000D9B" w:rsidRPr="0026010F" w:rsidRDefault="000C04F5" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1993–2005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE01487" w14:textId="22BF6DA0" w:rsidR="00000D9B" w:rsidRPr="0026010F" w:rsidRDefault="000620C6" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B432C" w:rsidRPr="00843785" w14:paraId="6C05F8CF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEE32D7" w14:textId="38739D29" w:rsidR="009B432C" w:rsidRPr="0026010F" w:rsidRDefault="009B432C" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Asiahakemisto kunnalliskertomuksiin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06212ADD" w14:textId="05DECD8C" w:rsidR="009B432C" w:rsidRPr="0026010F" w:rsidRDefault="00A71BD2" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1906–1950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41762213" w14:textId="51532E85" w:rsidR="009B432C" w:rsidRPr="0026010F" w:rsidRDefault="009B432C" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>325</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00B16DAB" w14:paraId="65B66418" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="391623AC" w14:textId="0271F2D7" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Asialuettelo</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4028B" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Kaupunginhallitus ja -valtuusto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216346D7" w14:textId="5DA268E7" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1930–201</w:t>
+            </w:r>
+            <w:r w:rsidR="004E786E" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A17946" w14:textId="435BED5E" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1–</w:t>
+            </w:r>
+            <w:r w:rsidR="000B2A49" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00B16DAB" w14:paraId="65102D92" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="212ADBB1" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Asiamiestoimisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="043AC928" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1951–1999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E43AB51" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>149–150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="004C67B8" w14:paraId="237D1474" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B13080" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Asianmukainen diaarikortisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="009E7F03" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1951–1969 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7B47C4" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>149</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00BD3E59" w14:paraId="19193584" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10867AD0" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Asunnontarkastaja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12223AC8" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1946–1968</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4635CD7E" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>148, 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00BD3E59" w14:paraId="2BC0662C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7726BB27" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Asuntoasiainosasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E6BBD5" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1967–1997</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C0AD2C" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>111–113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00BD3E59" w14:paraId="359F5BA5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1C8320" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Asutuslautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53DF0DA2" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1935–1968</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1AE3BB" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00BD3E59" w14:paraId="7DEA7F54" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8B9332" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>ATK-osasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9ABF3B" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1973–2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A6FAA7" w14:textId="00FF9C7B" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="002F19D7" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00103FB7" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00BD3E59" w14:paraId="3185DCDC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2823AF3B" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Avustustoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C06373B" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1931–1932</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1581D99B" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7A01" w:rsidRPr="00BD3E59" w14:paraId="782ED813" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7776BDAF" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2157D3A5" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="415F182A" w14:textId="77777777" w:rsidR="00FB7A01" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A01" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00675F6B" w:rsidRPr="00BD3E59" w14:paraId="1CFF6591" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BC4BDF" w14:textId="77777777" w:rsidR="00675F6B" w:rsidRPr="0026010F" w:rsidRDefault="00675F6B" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B7954F" w14:textId="77777777" w:rsidR="00675F6B" w:rsidRPr="0026010F" w:rsidRDefault="00675F6B" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E7D5BD" w14:textId="77777777" w:rsidR="00675F6B" w:rsidRPr="0026010F" w:rsidRDefault="00675F6B" w:rsidP="00CD2C5F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295943" w:rsidRPr="00BD3E59" w14:paraId="5359EB46" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3824426B" w14:textId="5E465D55" w:rsidR="00295943" w:rsidRPr="0026010F" w:rsidRDefault="00295943" w:rsidP="00295943">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6214E3E7" w14:textId="77777777" w:rsidR="00295943" w:rsidRPr="0026010F" w:rsidRDefault="00295943" w:rsidP="00295943">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5677F75F" w14:textId="77777777" w:rsidR="00295943" w:rsidRPr="0026010F" w:rsidRDefault="00295943" w:rsidP="00295943">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00295943" w:rsidRPr="00BD3E59" w14:paraId="406BA4C5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB0ABF3" w14:textId="4C77650A" w:rsidR="00295943" w:rsidRPr="0026010F" w:rsidRDefault="00295943" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Diaarikortisto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...98 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C17ADE" w14:textId="1B6BFE56" w:rsidR="00295943" w:rsidRPr="0026010F" w:rsidRDefault="00295943" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1949–1991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07937E94" w14:textId="1908EA95" w:rsidR="00295943" w:rsidRPr="0026010F" w:rsidRDefault="00295943" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>617, 619–622</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00675F6B" w:rsidRPr="00BD3E59" w14:paraId="0FEE40E5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4204EC86" w14:textId="77777777" w:rsidR="00675F6B" w:rsidRPr="0026010F" w:rsidRDefault="00675F6B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F2A75F" w14:textId="77777777" w:rsidR="00675F6B" w:rsidRPr="0026010F" w:rsidRDefault="00675F6B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BC76B" w14:textId="77777777" w:rsidR="00675F6B" w:rsidRPr="0026010F" w:rsidRDefault="00675F6B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="38DD1649" w14:textId="77777777" w:rsidTr="009A31E4">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00DF5962">
+      <w:tr w:rsidR="00FB7A43" w:rsidRPr="00753CC8" w14:paraId="38DD1649" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA2547F" w14:textId="393FA59C" w:rsidR="00FB7A43" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A43" w:rsidP="00FB7A43">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...43 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="619040F6" w14:textId="11E76181" w:rsidR="00FB7A43" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A43" w:rsidP="00FB7A43">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="761904E1" w14:textId="5E522F24" w:rsidR="00FB7A43" w:rsidRPr="0026010F" w:rsidRDefault="00FB7A43" w:rsidP="00FB7A43">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="12C3B9FF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE1F21D" w14:textId="59C12417" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Elinkeinotoimisto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2912327B" w14:textId="61927F10" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1975–1997</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...36 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A275A65" w14:textId="450868A6" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidR="007370AF" w:rsidRPr="0026010F">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="33471B28" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7435D2D9" w14:textId="3B676916" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Elintarvikelaboratorio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE6CF7C" w14:textId="0937401F" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1946–1971</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64B29D3D" w14:textId="27A3918C" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>150–151</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="651FF363" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="651FF363" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0F1CED" w14:textId="491368BF" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Elintarvikelautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D5AA03" w14:textId="08A64CC5" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1920–21, 1943–44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE7D694" w14:textId="6EDBCBD3" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="31664BCF" w14:textId="77777777" w:rsidTr="009A31E4">
-[...15 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="31664BCF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF2AE8B" w14:textId="5B6CA7AE" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Erityisluokkien päättötodistukset ja oppilaskortit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1EF678" w14:textId="467878D1" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1984–2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE229B1" w14:textId="560B1BC6" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="33206718" w14:textId="77777777" w:rsidTr="009A31E4">
-[...38 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="007E35DF" w:rsidRPr="00753CC8" w14:paraId="33206718" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E4EC22" w14:textId="0857DF8F" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Eteläinen kansakoulu</w:t>
+            </w:r>
+            <w:r w:rsidR="00146495" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Anttilanmäk</w:t>
+            </w:r>
+            <w:r w:rsidR="00146495" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>i ja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Asemantausta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6343A832" w14:textId="43B03B1D" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1910–1942</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="359869D2" w14:textId="5AD893F7" w:rsidR="007E35DF" w:rsidRPr="0026010F" w:rsidRDefault="007E35DF" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E742F7" w:rsidRPr="00753CC8" w14:paraId="24A2C1D8" w14:textId="77777777" w:rsidTr="009A31E4">
-[...178 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00E05445" w:rsidRPr="00753CC8" w14:paraId="5A62C429" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="035ACF55" w14:textId="77777777" w:rsidR="00E05445" w:rsidRPr="0026010F" w:rsidRDefault="00E05445" w:rsidP="007E35DF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD09C9C" w14:textId="77777777" w:rsidR="00E05445" w:rsidRPr="0026010F" w:rsidRDefault="00E05445" w:rsidP="007E35DF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5714F75E" w14:textId="77777777" w:rsidR="00E05445" w:rsidRPr="0026010F" w:rsidRDefault="00E05445" w:rsidP="007E35DF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E05445" w:rsidRPr="00753CC8" w14:paraId="51211FEB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28745FB0" w14:textId="5D997770" w:rsidR="00E05445" w:rsidRPr="0026010F" w:rsidRDefault="00E05445" w:rsidP="007E35DF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1387A181" w14:textId="77777777" w:rsidR="00E05445" w:rsidRPr="0026010F" w:rsidRDefault="00E05445" w:rsidP="007E35DF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="554B9F0A" w14:textId="77777777" w:rsidR="00E05445" w:rsidRPr="0026010F" w:rsidRDefault="00E05445" w:rsidP="007E35DF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5E12" w:rsidRPr="00753CC8" w14:paraId="23312565" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643FFAF2" w14:textId="7E2CA306" w:rsidR="001B5E12" w:rsidRPr="0026010F" w:rsidRDefault="00167CA8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Finnovatio</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00991514" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>-tapahtuma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058B0FFA" w14:textId="4FF1134C" w:rsidR="001B5E12" w:rsidRPr="0026010F" w:rsidRDefault="00167CA8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1972</w:t>
             </w:r>
-            <w:r w:rsidR="00742EED">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00742EED" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00991514" w:rsidRPr="006E4CCB">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00991514" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006E4CCB" w:rsidRPr="006E4CCB">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="006E4CCB" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F0992D" w14:textId="26C81878" w:rsidR="001B5E12" w:rsidRPr="0026010F" w:rsidRDefault="00167CA8" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w:rsidRPr="00682BD3" w14:paraId="068F704B" w14:textId="77777777" w:rsidTr="009A31E4">
-[...99 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00873BDF" w:rsidRPr="00682BD3" w14:paraId="43890357" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0534A4" w14:textId="77777777" w:rsidR="00873BDF" w:rsidRPr="0026010F" w:rsidRDefault="00873BDF" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC15697" w14:textId="77777777" w:rsidR="00873BDF" w:rsidRPr="0026010F" w:rsidRDefault="00873BDF" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A239E9E" w14:textId="77777777" w:rsidR="00873BDF" w:rsidRPr="0026010F" w:rsidRDefault="00873BDF" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w:rsidRPr="004C67B8" w14:paraId="51BD68D6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D3A152" w14:textId="4229ACC5" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...41 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE0A9D9" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E0A240" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="62E2DAF7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6BAFAF" w14:textId="14611C44" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Hammashoitokortit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="403FB387" w14:textId="481F4313" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1892–1988</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66D70B8C" w14:textId="27069C52" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>307–311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="3981C3A1" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00170A67" w14:paraId="3981C3A1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33F71F28" w14:textId="520E4074" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Hankintasopimuksia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A730AD0" w14:textId="07CB79E3" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1994–2009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7299C4" w14:textId="240FA17B" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="02BF0264" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00170A67" w14:paraId="02BF0264" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423ABFA5" w14:textId="29834AFA" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Harjun</w:t>
+            </w:r>
+            <w:r w:rsidR="00692E55" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Harjukadun koulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D6F3B5" w14:textId="74EFBF57" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1920–1992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B504DA1" w14:textId="279EF549" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="5E5E339C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00170A67" w14:paraId="5E5E339C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CB7531" w14:textId="1834BF00" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Henkikirjan aakkosluettelo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5BC1DA" w14:textId="3A900F6F" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1962</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2728AC14" w14:textId="43ACE426" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>617</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE15E9" w14:paraId="41AF8EBF" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00AE15E9" w14:paraId="41AF8EBF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2241E0A7" w14:textId="7CF9369D" w:rsidR="00AE15E9" w:rsidRPr="0026010F" w:rsidRDefault="00AE15E9" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Henkilökuntaneuvoston pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54542ED3" w14:textId="4BC39926" w:rsidR="00AE15E9" w:rsidRPr="0026010F" w:rsidRDefault="00AE15E9" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1983–1993</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C952B6B" w14:textId="5993AB5A" w:rsidR="00AE15E9" w:rsidRPr="0026010F" w:rsidRDefault="00AE15E9" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>567</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00360F83" w14:paraId="116E5B47" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00360F83" w14:paraId="116E5B47" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F951B4B" w14:textId="489E9334" w:rsidR="00360F83" w:rsidRPr="0026010F" w:rsidRDefault="00360F83" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Henkilöstöarkisto</w:t>
+            </w:r>
+            <w:r w:rsidR="00F76C00" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> ja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> vieraanvaraisuudet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4644F5AC" w14:textId="6800668A" w:rsidR="00360F83" w:rsidRPr="0026010F" w:rsidRDefault="00360F83" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1942–2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9190D6" w14:textId="01BB490F" w:rsidR="00360F83" w:rsidRPr="0026010F" w:rsidRDefault="00360F83" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>69–7</w:t>
             </w:r>
-            <w:r w:rsidR="008567B4" w:rsidRPr="00867985">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="008567B4" w:rsidRPr="0026010F">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="459D98CD" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00170A67" w14:paraId="459D98CD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EEED84A" w14:textId="5AB962F0" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Henkilöstölautakunta, -toimisto ja virasto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEC68F3" w14:textId="151588ED" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1953–2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0782F27F" w14:textId="7632A99C" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>201–213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="305AD2C7" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00170A67" w14:paraId="305AD2C7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FBBFD2" w14:textId="55F78E8B" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="0001073E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Henkilöstötoimistopalvelut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FAC2D7" w14:textId="0DF5EB97" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="0001073E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2003–2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04118CFF" w14:textId="4E82148B" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="0001073E" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>567</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="0E62CCE5" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00170A67" w14:paraId="0E62CCE5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C1FBAC" w14:textId="55F02CA4" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Henkilötutkinta asiakirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E0D6F7" w14:textId="2225D3B9" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1991–1998</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A3A7A2" w14:textId="25DAA98F" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>364</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00394E4F" w14:paraId="5C44883E" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00394E4F" w14:paraId="5C44883E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BEFB668" w14:textId="449AB551" w:rsidR="00394E4F" w:rsidRPr="0026010F" w:rsidRDefault="00394E4F" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Hiihdon MM-kilpailut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76359436" w14:textId="7E7CB1F0" w:rsidR="00394E4F" w:rsidRPr="0026010F" w:rsidRDefault="00416E31" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1978, 1989, 2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0083D30F" w14:textId="2B07515D" w:rsidR="00394E4F" w:rsidRPr="0026010F" w:rsidRDefault="00416E31" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="3DB540AC" w14:textId="77777777" w:rsidTr="009A31E4">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00A4096B">
+      <w:tr w:rsidR="00170A67" w14:paraId="73C3BCB5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACC57F1" w14:textId="2DED32CF" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Holhouslautakunta </w:t>
+            </w:r>
+            <w:r w:rsidR="00524E7E" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">ja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-toimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C566F52" w14:textId="35A31174" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00391B72" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1908–2006 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF99487" w14:textId="043B2D9B" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00391B72" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>161–163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F01DDA" w14:paraId="2AB0495A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5D3AF3" w14:textId="12B764F5" w:rsidR="00F01DDA" w:rsidRPr="0026010F" w:rsidRDefault="00F01DDA" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Hollola-Lahti-Nastola </w:t>
+            </w:r>
+            <w:r w:rsidR="008A508B" w:rsidRPr="0026010F">
+              <w:t>yhteistyön työvaliokunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AB73A4" w14:textId="570D585F" w:rsidR="00F01DDA" w:rsidRPr="0026010F" w:rsidRDefault="006E110F" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1971–1979</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01801B9F" w14:textId="4CC49BEE" w:rsidR="00F01DDA" w:rsidRPr="0026010F" w:rsidRDefault="008A508B" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="63910D7D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E16104" w14:textId="6AB8A9BF" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Hotelli- ja ravintolakoulu</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE502E" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FC52B8" w:rsidRPr="0026010F">
+              <w:t>Hotelli- ja ravintolaoppilaitos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C53A4D5" w14:textId="3BC15227" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1975–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE732B4" w14:textId="538CD040" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>199–200</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2234" w:rsidRPr="0026010F">
+              <w:t>, 265</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="0B27F0A9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53847984" w14:textId="4F16FFA1" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Huoltoapu</w:t>
+            </w:r>
+            <w:r w:rsidR="00312F1D" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantap</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA47A8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>äivät</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8., 18.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA47A8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C369E10" w14:textId="584404C0" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...344 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="765A8EDF" w14:textId="521DCA98" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="60C626B8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2D658E" w14:textId="5BF208AD" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Huoneenvuokralautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="049DDE0B" w14:textId="6F43BE6B" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1940–1959</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="375C08B0" w14:textId="14ED0C74" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>237–243</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="4F05DED5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A67C32" w14:textId="414C8E73" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Huoltolautakunta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...118 lines deleted...]
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...27 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F78785" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D16CEBC" w14:textId="52A2EF9E" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00692E55">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t xml:space="preserve">185–187 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="5F6AA94F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...100 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="006E110F" w14:paraId="07F00614" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5BA799" w14:textId="77777777" w:rsidR="006E110F" w:rsidRPr="0026010F" w:rsidRDefault="006E110F" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="433970C6" w14:textId="77777777" w:rsidR="006E110F" w:rsidRPr="0026010F" w:rsidRDefault="006E110F" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA82DC1" w14:textId="77777777" w:rsidR="006E110F" w:rsidRPr="0026010F" w:rsidRDefault="006E110F" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="4C208629" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34B646EE" w14:textId="2719D813" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...43 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCBD860" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A38B264" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="4D2AA343" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556695C3" w14:textId="2583289C" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Itäinen kansakoulu (Möysä)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8C3CBE" w14:textId="33B9A062" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1906–1942</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E033C3C" w14:textId="734A982B" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="09D884B5" w14:textId="77777777" w:rsidTr="009A31E4">
-[...100 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00170A67" w14:paraId="41905815" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610BB707" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19797A90" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="645F92D1" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="49A16C32" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D693332" w14:textId="0FBC9389" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...43 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07DDCB73" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D2BCCA" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="23A26D42" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22640020" w14:textId="5074ABD6" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Jalkarannan kansakoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716583F8" w14:textId="26F10C02" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1905–1944</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E84B1B6" w14:textId="08666559" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="53F89F6E" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00170A67" w14:paraId="53F89F6E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735A553F" w14:textId="5B4AB8C9" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Jalkarannan koulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B853F34" w14:textId="5C9FCC5D" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1911–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D6AEB1" w14:textId="796FE15A" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0098560E" w14:paraId="2A932272" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="0098560E" w14:paraId="2A932272" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F30BC88" w14:textId="15D5C615" w:rsidR="0098560E" w:rsidRPr="0026010F" w:rsidRDefault="0098560E" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Joukkoliikennelautakun</w:t>
+            </w:r>
+            <w:r w:rsidR="00524E7E" w:rsidRPr="0026010F">
+              <w:t>nan p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>öytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBDA3DF" w14:textId="5FBE962B" w:rsidR="0098560E" w:rsidRPr="0026010F" w:rsidRDefault="00F51E2D" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2009–2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05445C3C" w14:textId="57144E7C" w:rsidR="0098560E" w:rsidRPr="0026010F" w:rsidRDefault="007D07B4" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>579</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="2E3DEB8C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00170A67" w14:paraId="2E3DEB8C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB383C8" w14:textId="5425242B" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Joutjärven koulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D37111" w14:textId="2FE963CF" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1974–2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A551BF" w14:textId="27A6BC0A" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00170A67" w14:paraId="74AAB76F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...100 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00551556" w14:paraId="218C0B1B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C4677B" w14:textId="77777777" w:rsidR="00551556" w:rsidRPr="0026010F" w:rsidRDefault="00551556" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC2981A" w14:textId="77777777" w:rsidR="00551556" w:rsidRPr="0026010F" w:rsidRDefault="00551556" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A51DCB0" w14:textId="77777777" w:rsidR="00551556" w:rsidRPr="0026010F" w:rsidRDefault="00551556" w:rsidP="00170A67">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00170A67" w14:paraId="128882AA" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEE675F" w14:textId="1ED27E8D" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00CC6A8D" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0092F5" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2712AD21" w14:textId="77777777" w:rsidR="00170A67" w:rsidRPr="0026010F" w:rsidRDefault="00170A67" w:rsidP="00171E9B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC6A8D" w14:paraId="01A651DD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C20095" w14:textId="180B0D45" w:rsidR="00CC6A8D" w:rsidRPr="0026010F" w:rsidRDefault="00CC6A8D" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaikuharjun</w:t>
+            </w:r>
+            <w:r w:rsidR="00F10727" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00A662F5" w:rsidRPr="0026010F">
+              <w:t>Liipola-Kaikuharjun koulu</w:t>
+            </w:r>
+            <w:r w:rsidR="005C0161" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9D5622" w14:textId="37A481CD" w:rsidR="00CC6A8D" w:rsidRPr="0026010F" w:rsidRDefault="00CC6A8D" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>63</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA10FC" w:rsidRPr="0026010F">
+              <w:t>91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FE0F85" w14:textId="384F2E7B" w:rsidR="00CC6A8D" w:rsidRPr="0026010F" w:rsidRDefault="00D52DA6" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>261</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="291A43CB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB3E799" w14:textId="16DC2FEB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:lastRenderedPageBreak/>
-              <w:t>K</w:t>
-[...220 lines deleted...]
-              </w:rPr>
               <w:t>Kalloin koulun johtokunnan pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C8A4A3" w14:textId="1827026C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1985–1992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6660C2B3" w14:textId="2B94979E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00F10727">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="5E70E923" w14:textId="77777777" w:rsidTr="009A31E4">
-[...81 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="4A2832E5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD69588" w14:textId="3EBF2423" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kannaksen lukio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...55 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="553352F4" w14:textId="5A3FC3DC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1907–2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D023E99" w14:textId="5F47E59C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>259</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="4F76D8F1" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="4F76D8F1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E8F988" w14:textId="64406B22" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kannaksen peruskoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B9A42E" w14:textId="165AF2E9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1952–2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DC6762" w14:textId="3A259C47" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="610D3F93" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="610D3F93" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27BF63C3" w14:textId="4FE91C25" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kansakoulujen päättökirjojen kaksoiskappaleet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7463022F" w14:textId="3CE994CD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1939–1952</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1557B6D1" w14:textId="67FE62BF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="4A0321B9" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="4A0321B9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD16081" w14:textId="251F3745" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kansakoulun johtokunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7041A8" w14:textId="39980B8A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1869–1956</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F938932" w14:textId="18FF6CD3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="3732B119" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="3732B119" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B01F7EB" w14:textId="19FE9D44" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kansakoulun johtokunnan pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6590A8B1" w14:textId="3A90922D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1949–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A48296" w14:textId="60CF0FB2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="00DE30BB" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="00DE30BB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CC958F" w14:textId="029A1335" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kansakoulun tarkastaja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="439251A3" w14:textId="6BDF8F2D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1894–1970</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F52A704" w14:textId="7A8490A8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>78–81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="2BEA1CAE" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="2BEA1CAE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A036F7" w14:textId="4AAE6FBF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kansakoulun toimisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77695EB8" w14:textId="2101CFD3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1945–1954</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2063B381" w14:textId="5D8E9888" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="2D6BAD4D" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="2D6BAD4D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5003FE87" w14:textId="45682CE1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kansakoulun toimisto</w:t>
+            </w:r>
+            <w:r w:rsidR="0033456A" w:rsidRPr="0026010F">
+              <w:t>, s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>tipendien jako</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44487183" w14:textId="7BD3025A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1949–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A377AB8" w14:textId="1E5FC1C3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="526E4861" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="526E4861" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C327CA4" w14:textId="5FEB4897" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Kansakoulun päästökirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E48E52" w14:textId="301319DB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1953–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2634CB77" w14:textId="76CC8B13" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA10DC" w14:paraId="2153881B" w14:textId="77777777" w:rsidTr="009A31E4">
-[...48 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="2153881B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DD8E623" w14:textId="585A538E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Kansallinen veteraanipäivä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3501CFC4" w14:textId="028ABCC2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="218C6035" w14:textId="59F72199" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="2718D1E7" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="2718D1E7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C72C229" w14:textId="2000600D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kansanhuoltolautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="698F6E2B" w14:textId="497187D9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1939–1954</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E824834" w14:textId="2375615B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>228–236</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="0AD4B891" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="0AD4B891" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05336E60" w14:textId="6924AB82" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kansliapäällikön päätösluettelot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="211DFF51" w14:textId="3ED4970F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2007–2009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D880DF" w14:textId="7CB3E573" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="31D56BA0" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="31D56BA0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="385FE908" w14:textId="579C82BA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kartanon kansa</w:t>
+            </w:r>
+            <w:r w:rsidR="006E7712" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- ja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>alakansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="527BB6B1" w14:textId="053A16A1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1905–1943</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1C7585" w14:textId="2082C8E6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC6A8D" w14:paraId="4C0B8F92" w14:textId="77777777" w:rsidTr="009A31E4">
-[...173 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="0E94BA00" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE97B90" w14:textId="51AEA6AB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005A4BC8" w:rsidP="00344994">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Kasvatusneuvola, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kasvatus- ja perheneuvola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3614B0" w14:textId="5A19B8D2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00344994" w:rsidP="00344994">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1909–2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="125078E9" w14:textId="605E5780" w:rsidR="009271BE" w:rsidRPr="0026010F" w:rsidRDefault="009271BE" w:rsidP="00344994">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">82, 329–330, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54C46CF4" w14:textId="1288A3EB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00344994">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>355–363</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="0A94B1C1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4157C0E2" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kauppaoppilaitos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8F72B2" w14:textId="639287A9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1937–95, 1910–95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="402FF347" w14:textId="004313F9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>198–199, 265–266</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="2233EDB6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="677C3ADE" w14:textId="467611B1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupungin johtajien aineisto</w:t>
+            </w:r>
+            <w:r w:rsidR="00F76C00" w:rsidRPr="0026010F">
+              <w:t>t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EB5714" w14:textId="19C6495A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1942–2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16785A7B" w14:textId="49BB05F2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>66–67, 70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="6D841507" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD07EBE" w14:textId="6D4711B6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B680F" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Aattela Kalervo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="189B0E27" w14:textId="35E8ED0E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1974–1980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7A9A74" w14:textId="43DAFA51" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="062EF2C5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AABB5E2" w14:textId="6244D2E7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B680F" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kajala Olavi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="786D59B1" w14:textId="20CEAEA7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1942–1967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1616DD28" w14:textId="340EFF94" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="6F4E2D45" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE5796A" w14:textId="2E21CA42" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B680F" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Hiltunen Teemu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="446FDF81" w14:textId="5E1EA066" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1967–1974</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DE256B" w14:textId="57FC5E17" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="4F0D7D42" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7C6FD1" w14:textId="33010848" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B680F" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Myllyvirta Jyrki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DA56AE" w14:textId="30423681" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2007–2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3C1C10" w14:textId="7A92F6B3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="0FF1284F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB5ECED" w14:textId="3829100C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B680F" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Pipatti Tarmo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="374F1059" w14:textId="736CA453" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2003–2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F32EE69" w14:textId="30D11F25" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="7FA79F4D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC05AE8" w14:textId="74187FB5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B680F" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Salmi Kari</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6C2E7A" w14:textId="6B2DCAAB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1995–2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3FE0FF" w14:textId="6CFD49F6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="633E9E7D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A139D5" w14:textId="68C5808C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B680F" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Välisalo Seppo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3477D1" w14:textId="5CA9B67C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1980–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE58C27" w14:textId="6C89DD6D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>66, 70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="34D8D163" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF1E97C" w14:textId="01FEB8B3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Kaupunginjohtajan ketjut</w:t>
+            </w:r>
+            <w:r w:rsidR="00920569" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00BB774D">
-[...764 lines deleted...]
-          <w:p w14:paraId="64A48139" w14:textId="4993545C" w:rsidR="00EA517A" w:rsidRPr="002C0F30" w:rsidRDefault="00EA517A" w:rsidP="00EA517A">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>lahjakirja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5497166F" w14:textId="168C74A4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1968</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="434478BD" w14:textId="2563770B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="5E2B7006" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A48139" w14:textId="3A91898B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kaupungin johtajan päätösluettelo</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="15FE5495" w14:textId="34181E1F" w:rsidR="00EA517A" w:rsidRPr="002C0F30" w:rsidRDefault="00EA517A" w:rsidP="00EA517A">
+            <w:r w:rsidR="00F76C00" w:rsidRPr="0026010F">
+              <w:t>t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FE5495" w14:textId="01B2DC86" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="58FF88AE" w14:textId="1C4856CB" w:rsidR="00EA517A" w:rsidRPr="002C0F30" w:rsidRDefault="00EA517A" w:rsidP="00EA517A">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1930–53, 1967–</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA041B" w:rsidRPr="0026010F">
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58FF88AE" w14:textId="1C4856CB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A61D8" w:rsidRPr="003D0356" w14:paraId="55F7D8FF" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="55F7D8FF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727A4D40" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kaupunginhallituksen jaoston pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F276FA" w14:textId="297D2B85" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1953–2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68CB2FDB" w14:textId="346C9385" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007206B7" w:rsidRPr="003D0356" w14:paraId="47CB7720" w14:textId="77777777" w:rsidTr="009A31E4">
-[...44 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="47CB7720" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C38936B" w14:textId="7EA4FE2F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Kaupunginhallituksen jaoston pöytäkirjojen liitteet </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="417C205A" w14:textId="091E66EB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t xml:space="preserve">1965–1977 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F1E42D" w14:textId="6E5EED61" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t xml:space="preserve">22–23 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A61D8" w:rsidRPr="003D0356" w14:paraId="3DFC71F7" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="3DFC71F7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="204C92D1" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kaupunginhallituksen puheenjohtajan päätösluettelot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A93025" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1977–1994</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A8DB93" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A61D8" w:rsidRPr="003D0356" w14:paraId="5BC83CCD" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="23254BEE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72544AC4" w14:textId="7751312C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunginhallitus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C53B90" w14:textId="5280B037" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00487C39" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009F7D10" w:rsidRPr="0026010F">
+              <w:t>886</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="778ACE9D" w14:textId="4BC9C09C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009F7D10" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>4–5</w:t>
+            </w:r>
+            <w:r w:rsidR="00487C39" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB38DA" w:rsidRPr="0026010F">
+              <w:t>10–65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="5BC83CCD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ACE939" w14:textId="3273BEF7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00AB38DA" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Alikäytävät, radat, satamat ja sillat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7BF70A" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC11179" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A61D8" w:rsidRPr="003D0356" w14:paraId="2700F12D" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="2700F12D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD16967" w14:textId="541DACAC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00AB38DA" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Ammattikoulun piirustuksia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC56199" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3DE180" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A61D8" w:rsidRPr="003D0356" w14:paraId="6B4792A9" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="6B4792A9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A31009F" w14:textId="492FCAE4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00AB38DA" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Asemakaavakartat A-Ö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F1B338" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="777554EA" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46–47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A61D8" w:rsidRPr="003D0356" w14:paraId="64C3F954" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="64C3F954" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D24EC3" w14:textId="3808F180" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Asemakaavakartat, korttelit 1–31401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="262461F0" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCDF885" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="55C54364" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="55C54364" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D8C4AA" w14:textId="758A98ED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Erinäiset valtiotehtävät</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFDA160" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56249DC4" w14:textId="4BB9E3BF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="0B1DA55A" w14:textId="77777777" w:rsidTr="009A31E4">
-[...102 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="44736F8B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE79406" w14:textId="6FB88EDA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Hallintoviranomaisten päätökset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7226A0F0" w14:textId="309386BC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1902–2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF913A5" w14:textId="26A4A467" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>51–52, 53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="09B9BAF0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD3D342" w14:textId="2C263F90" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Hallintoviranomaisten diaaritulosteet </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5C75FA" w14:textId="657DF650" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1989–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1526B9FC" w14:textId="2C5F4DB4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="09B9BAF0" w14:textId="77777777" w:rsidTr="009A31E4">
-[...102 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="3FD84D05" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C6DDC8" w14:textId="1DC37DD9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Ilmoitukset sotakuukausipalkoista</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0537119C" w14:textId="07078B0F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1940</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAB39E2" w14:textId="476E6F3A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="630944E9" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="630944E9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01543FE4" w14:textId="61A3170A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Iltakoulujen muistiot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1823BFBC" w14:textId="79FE9F5E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E7F41BA" w14:textId="0FF25602" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="12306A32" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="12306A32" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1230CBA0" w14:textId="0AFC84DC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0091630C" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kadut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75006AF3" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C13E477" w14:textId="76407AAC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CE5D33">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="07512386" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="07512386" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E85627" w14:textId="7E712AA6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Kansakoulut (Kivimaa, Keski-Lahti) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3DE9CB" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3EB922" w14:textId="2F142F23" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009F7D10" w:rsidRPr="003D0356" w14:paraId="1B85E6CD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA032E4" w14:textId="0EA226E4" w:rsidR="009F7D10" w:rsidRPr="0026010F" w:rsidRDefault="009F7D10" w:rsidP="009F7D10">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- Kauppalan hallituksen pöytäkirjat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCD37CF" w14:textId="1D0CEF45" w:rsidR="009F7D10" w:rsidRPr="0026010F" w:rsidRDefault="009F7D10" w:rsidP="009F7D10">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1886–1906</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE2D803" w14:textId="1443F05A" w:rsidR="009F7D10" w:rsidRPr="0026010F" w:rsidRDefault="009F7D10" w:rsidP="009F7D10">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="3840CA61" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="081D9DDE" w14:textId="7FDE091A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kaupunginkirjasto, museo, teatteri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733E0DEF" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA9842F" w14:textId="0B588039" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="09C6BF7F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0E83F3" w14:textId="79300BD8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00EF0C54" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Kaupunginhallitus: Kansakoulut (Kivimaa, Keski-Lahti) </w:t>
-[...33 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kartat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E8F39D" w14:textId="590736B8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1965–1980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D6D56E" w14:textId="04CB0A9D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>48–50, 61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00513CA3" w:rsidRPr="003D0356" w14:paraId="07F2ED12" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F983A1" w14:textId="5CB4D493" w:rsidR="00513CA3" w:rsidRPr="0026010F" w:rsidRDefault="00513CA3" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>- Keskushallinto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="133B7A8D" w14:textId="204C05D6" w:rsidR="00513CA3" w:rsidRPr="0026010F" w:rsidRDefault="00513CA3" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1997–2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD93C80" w14:textId="1F88B4F1" w:rsidR="00513CA3" w:rsidRPr="0026010F" w:rsidRDefault="00513CA3" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="2940C271" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="262BA11C" w14:textId="45AC5AF5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kirjekonseptit ja -jäljennökset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D086E9" w14:textId="4C7BC28A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1930–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D48D62" w14:textId="502A8703" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>23–26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00285B9A" w:rsidRPr="003D0356" w14:paraId="75E706B8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50555C5A" w14:textId="60A29E38" w:rsidR="00285B9A" w:rsidRPr="0026010F" w:rsidRDefault="00285B9A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>- Kunnalliskalenteri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C4C049" w14:textId="599CB9E9" w:rsidR="00285B9A" w:rsidRPr="0026010F" w:rsidRDefault="00285B9A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1946–2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18119753" w14:textId="6C950B3D" w:rsidR="00285B9A" w:rsidRPr="0026010F" w:rsidRDefault="00285B9A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A4BCD" w:rsidRPr="003D0356" w14:paraId="0AEA9AC3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD3D439" w14:textId="4B870721" w:rsidR="004A4BCD" w:rsidRPr="0026010F" w:rsidRDefault="004A4BCD" w:rsidP="004A4BCD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- Kunnalliskertomus </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05815D9C" w14:textId="0AC13399" w:rsidR="004A4BCD" w:rsidRPr="0026010F" w:rsidRDefault="00FC58E7" w:rsidP="004A4BCD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1908–1996</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF0E76A" w14:textId="4903564E" w:rsidR="004A4BCD" w:rsidRPr="0026010F" w:rsidRDefault="004A4BCD" w:rsidP="004A4BCD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>26–27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="2A54837F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5717D557" w14:textId="6E7BBF59" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kyläteiden ottaminen paikallisteiksi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4860492A" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E3B2F1" w14:textId="37EDCD29" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="3840CA61" w14:textId="77777777" w:rsidTr="009A31E4">
-[...58 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="319402F3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E628E11" w14:textId="553FE7F3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lahden ja Heinolan yhteistyötoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F0F486" w14:textId="30D4ED55" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E1840F" w14:textId="73A195A4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="0EEB82B3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7DF805" w14:textId="458F17FD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lahden terveysaseman piirustukset ja urakkasopimukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A0A4B2" w14:textId="628E235F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1977</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADB0214" w14:textId="69BC6F4F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00555DE2" w:rsidRPr="003D0356" w14:paraId="212D5AEB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55081842" w14:textId="3BB4A31E" w:rsidR="00555DE2" w:rsidRPr="0026010F" w:rsidRDefault="00555DE2" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>- Lahti ja me tiedotuslehti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3297864D" w14:textId="55B068F6" w:rsidR="00555DE2" w:rsidRPr="0026010F" w:rsidRDefault="00555DE2" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1971–1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A080825" w14:textId="6BB77F81" w:rsidR="00555DE2" w:rsidRPr="0026010F" w:rsidRDefault="00555DE2" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00766C87" w:rsidRPr="003D0356" w14:paraId="00D49E57" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC200F2" w14:textId="1BF81764" w:rsidR="00766C87" w:rsidRPr="0026010F" w:rsidRDefault="00BD505F" w:rsidP="00766C87">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00766C87" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lehtileikkeet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00766C87" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F76C00" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00766C87" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>rheilu, kulttuuri, yleiset asiat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AB07E0" w14:textId="035AA614" w:rsidR="00766C87" w:rsidRPr="0026010F" w:rsidRDefault="00766C87" w:rsidP="00766C87">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1972–1999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C59EC8C" w14:textId="47A2108D" w:rsidR="00766C87" w:rsidRPr="0026010F" w:rsidRDefault="00766C87" w:rsidP="00766C87">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>66–68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="58886E99" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFFFB48" w14:textId="6EA72B84" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Leikkikentät ja -puistot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7657A6C9" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA65E9D" w14:textId="16EAEB14" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00383355" w:rsidRPr="003D0356" w14:paraId="09C6BF7F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...202 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="42CD909D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C04597" w14:textId="32EDAF40" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lohkomissuunnitelma, rakennuskielto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="633AA252" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B721647" w14:textId="0917A23B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD37CD" w:rsidRPr="003D0356" w14:paraId="319402F3" w14:textId="77777777" w:rsidTr="009A31E4">
-[...136 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="6B5D8EF8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="191D5288" w14:textId="4CBAEFF4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lokaviemärit A-Ö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F3F5BD" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E270E54" w14:textId="198D05F9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="77371881" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="414ABB2C" w14:textId="633B5289" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Matkat, koulutus, seminaarit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFB671D" w14:textId="21BF6D74" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1981–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AFC576" w14:textId="1D42A974" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="4835DB65" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429D072C" w14:textId="5151489B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Omakotitalojen tyyppipiirustukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D28F1F6" w14:textId="527C4C5F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1952</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D72F14" w14:textId="058ABD72" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="28C8DA81" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8EF305" w14:textId="65FF8563" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Opintoavustustoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="760DE7B2" w14:textId="29423F5C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1964–1984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E7E928D" w14:textId="6D85655D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="12739984" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB0B662" w14:textId="09858829" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Palotoimi ja sairaalat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F51C590" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F14F7CE" w14:textId="4807D88E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00487C39" w:rsidRPr="003D0356" w14:paraId="68EAA964" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="597F86FD" w14:textId="088F23BD" w:rsidR="00487C39" w:rsidRPr="0026010F" w:rsidRDefault="00487C39" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>- Perustamiskirja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6A7AD2" w14:textId="765AB112" w:rsidR="00487C39" w:rsidRPr="0026010F" w:rsidRDefault="00487C39" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF674C5" w14:textId="1047EE36" w:rsidR="00487C39" w:rsidRPr="0026010F" w:rsidRDefault="00487C39" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="0B6D6A29" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="253FA270" w14:textId="46FAEEE3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Pihat, hautausmaat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="154767C6" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F64DC89" w14:textId="0492C6FA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="6549C623" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7816998B" w14:textId="7EC28686" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="160D5F70" w14:textId="5FBDE821" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1940–1947 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A12FB92" w14:textId="137F212B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="6A1330F0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C45BE9" w14:textId="797B9062" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Päätökset sotilashuoltorahoista</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6306BDC1" w14:textId="1C91466E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1922–1939</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AA733A" w14:textId="0C47A8C1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="2D8D6F30" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C64529A" w14:textId="1C93A77C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Pöytäkirjat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC1DC47" w14:textId="0B634F4E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1891–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2C4CDC" w14:textId="1446F7DE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>10–19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="5E04826E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7AB10A" w14:textId="25644D7C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Pöytäkirjojen liitteet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE6952B" w14:textId="79B86CB6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1965–1977</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF55682" w14:textId="157F6B21" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>19–22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="723A1C6C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1DAE61" w14:textId="76545D03" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Rakennukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B77FD5" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAFB185" w14:textId="4545337B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="598E6233" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB4E4A3" w14:textId="005D8D4F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Rakennuspiirustukset (nro:t 1–140)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B414C2" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8D449F" w14:textId="21A2D3EC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="1FF048CC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD5BC57" w14:textId="2223A843" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Rakentamis- ja jaoituskaavat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA73C30" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BCA41A" w14:textId="2C6D21BC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="6F6ED630" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CF3848" w14:textId="4B58968A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Ruotsin lahjatalojen ostoanomukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DAEED88" w14:textId="20A735E0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1940</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADB7045" w14:textId="49CA86C0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A097F" w:rsidRPr="003D0356" w14:paraId="4C9B5A11" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53262B87" w14:textId="30898B55" w:rsidR="003A097F" w:rsidRPr="0026010F" w:rsidRDefault="003A097F" w:rsidP="003A097F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Saantokirjeet kylittäin ja tiloittain </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A60B8E6" w14:textId="77777777" w:rsidR="003A097F" w:rsidRPr="0026010F" w:rsidRDefault="003A097F" w:rsidP="003A097F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA24E1B" w14:textId="0C6C0022" w:rsidR="003A097F" w:rsidRPr="0026010F" w:rsidRDefault="003A097F" w:rsidP="003A097F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>564–565</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="003D0356" w14:paraId="3229CD40" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="100549EC" w14:textId="6768ADA3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Saapuneet asiakirjat ja kirjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F1A80B" w14:textId="4CB93478" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1930–2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12C88883" w14:textId="5054AB1F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>30–43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="1FD9C277" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C48CCA3" w14:textId="0922C4B5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sanomalehtileikkeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDF64B4" w14:textId="725B1D52" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1930–1980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48271EEA" w14:textId="2C80C654" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>64–65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="596563F7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F10BB8" w14:textId="75DF0898" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sisäasianministeriön päätöksiä asemakaava ja tonttijaon vahvistuksista</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5B76C5" w14:textId="53F83593" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1916–1961</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E8572E" w14:textId="5ABA86BF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="6074FBC2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5529314D" w14:textId="706159F2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sisäasianministeriön päätösjäljennökset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2855444B" w14:textId="10C1FC9A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1962–1984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A29CB9B" w14:textId="7D0459DD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="55A17B8B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6894A5A6" w14:textId="4D33113B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sopimukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A3BBDB" w14:textId="1BE95953" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1907–20</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0C54" w:rsidRPr="0026010F">
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="096A7F47" w14:textId="16162E26" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD37CD" w:rsidRPr="003D0356" w14:paraId="58886E99" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4B1691F6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1AB095" w14:textId="29629AEC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sorakuopat, kiinteistösäännöt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F4F548" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7572AAFD" w14:textId="47E5EF46" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD37CD" w:rsidRPr="003D0356" w14:paraId="42CD909D" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="2A7B0BCD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C47AC55" w14:textId="52E829D8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sosiaalihuolto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AAF6FF" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD25E5E" w14:textId="707FDED6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD37CD" w:rsidRPr="003D0356" w14:paraId="6B5D8EF8" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="573400EE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54898200" w14:textId="45076105" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sotakuukausipalkat, huoltorahat, vuokrarahat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4D103E" w14:textId="08FCC9AE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1939–1944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3974F6FC" w14:textId="64D1D9EC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="50127C43" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BF9F28" w14:textId="78209D9B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sähkötyöt (katuvalaistus, kaapelit, muuntajat)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A49B093" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2807D8BC" w14:textId="3B69F731" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A7944" w:rsidRPr="003D0356" w14:paraId="77371881" w14:textId="77777777" w:rsidTr="009A31E4">
-[...195 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="009B46B7" w:rsidRPr="00753CC8" w14:paraId="1CAD6371" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2294B8E2" w14:textId="6F81BFBD" w:rsidR="009B46B7" w:rsidRPr="0026010F" w:rsidRDefault="009B46B7" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>- Säädöskokoelmat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E856F7F" w14:textId="1577D0D8" w:rsidR="009B46B7" w:rsidRPr="0026010F" w:rsidRDefault="009B46B7" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1908–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20133A39" w14:textId="3093BCFF" w:rsidR="009B46B7" w:rsidRPr="0026010F" w:rsidRDefault="009B46B7" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC71E5" w:rsidRPr="00753CC8" w14:paraId="5380D3D7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0632C8E4" w14:textId="33A05203" w:rsidR="00DC71E5" w:rsidRPr="0026010F" w:rsidRDefault="00DC71E5" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>- Talousarviot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6551760B" w14:textId="287716A2" w:rsidR="00DC71E5" w:rsidRPr="0026010F" w:rsidRDefault="00DC71E5" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1909–2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="012A6C13" w14:textId="7BABFAA6" w:rsidR="00DC71E5" w:rsidRPr="0026010F" w:rsidRDefault="00DC71E5" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="78EE34E0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE70092" w14:textId="0AF20204" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Teurastamot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0DC18B" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C6EFE6" w14:textId="1B240331" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="78597032" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6858560C" w14:textId="5CC89577" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Tieasiat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE9E6C0" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B4605CD" w14:textId="10F427A3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B637B" w:rsidRPr="00753CC8" w14:paraId="1A5F6040" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59489535" w14:textId="11AF472C" w:rsidR="003B637B" w:rsidRPr="0026010F" w:rsidRDefault="003B637B" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Tilinpäätös, tasekirja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5090E63F" w14:textId="341A0FEE" w:rsidR="003B637B" w:rsidRPr="0026010F" w:rsidRDefault="003B637B" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1983–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DDF07A" w14:textId="66E1E876" w:rsidR="003B637B" w:rsidRPr="0026010F" w:rsidRDefault="003B637B" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="58B8A93C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8AFE5E" w14:textId="110D3538" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B349D" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4418" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Tonttijakokartat ja korttelit nro:t 1–31501</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224D3371" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BB40FC" w14:textId="3E6905B5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="600DEBD6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BACDE05" w14:textId="45263AC6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BE4418" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Torit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CE17DE" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A76865F" w14:textId="50449329" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="7C5FBD9F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E7D6E8" w14:textId="15B6F525" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BE4418" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Työttömyystilastot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372C6E41" w14:textId="21E3300F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1930–1962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8E83B6" w14:textId="5A5A19E6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="6E20B41C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7180C166" w14:textId="0F809813" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BE4418" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Urheilukentät</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73886C19" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A7F9A3" w14:textId="26733826" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="64539DAF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8A4969" w14:textId="4298F055" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BE4418" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Verojäämien tarkastustoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="062F18F7" w14:textId="29E9E36A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DD6AB6" w14:textId="25F56553" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD37CD" w:rsidRPr="003D0356" w14:paraId="12739984" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="2056E818" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28872C49" w14:textId="03F66745" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BE4418" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Veropäätökset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64BAA4CA" w14:textId="78EFECC0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1973–1986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6750C308" w14:textId="3F785B12" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="7EAE030A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF89F08" w14:textId="3B702D35" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BE4418" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Vesijohtotyöt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F9B2D2" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="704E15FA" w14:textId="7B9322D3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD37CD" w:rsidRPr="003D0356" w14:paraId="0B6D6A29" w14:textId="77777777" w:rsidTr="009A31E4">
-[...1010 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="35FBC144" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D021388" w14:textId="169DD369" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BE4418" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Viemärisopimuksia yms.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B42D42" w14:textId="1CF83F9F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1949–1961</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1239298D" w14:textId="1B729D39" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F14DFF" w:rsidRPr="00753CC8" w14:paraId="4B1691F6" w14:textId="77777777" w:rsidTr="009A31E4">
-[...895 lines deleted...]
-          <w:p w14:paraId="450475BC" w14:textId="7778F9B1" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4D64133D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="450475BC" w14:textId="7778F9B1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kaupungin johtoryhmän muistiot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="572599B8" w14:textId="6ACE6C73" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00600A36" w:rsidP="00532660">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="572599B8" w14:textId="6ACE6C73" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1993–2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5886FB50" w14:textId="3AB4BB19" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5886FB50" w14:textId="3AB4BB19" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00532660" w:rsidRPr="00753CC8" w14:paraId="30EA9827" w14:textId="77777777" w:rsidTr="009A31E4">
-[...4 lines deleted...]
-          <w:p w14:paraId="7429D43E" w14:textId="427A78F0" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="30EA9827" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7429D43E" w14:textId="427A78F0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00096A99">
-[...4 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kaupunginkirjasto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03C03D59" w14:textId="6F7E5445" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C03D59" w14:textId="6F7E5445" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00096A99">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1910–1967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="00FE2553" w14:textId="5C73C709" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FE2553" w14:textId="5C73C709" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00096A99">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C4D82" w:rsidRPr="00753CC8" w14:paraId="40EC804B" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="6413C405" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9381DE" w14:textId="46352045" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunginmuseo</w:t>
+            </w:r>
+            <w:r w:rsidR="0030646F" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Museo- ja taidelautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEA0048" w14:textId="7896EE85" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1912–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B19B3CE" w14:textId="5529F8C2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">623–626  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="40EC804B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEE6970" w14:textId="73C2B6B6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunginorkester</w:t>
+            </w:r>
+            <w:r w:rsidR="0030646F" w:rsidRPr="0026010F">
+              <w:t>in k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>äsiohjelmat ja kausiesitteet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="674FC68D" w14:textId="2A46C663" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1950–2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A80F965" w14:textId="5FE84B6C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>270</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00532660" w:rsidRPr="00753CC8" w14:paraId="35E19796" w14:textId="77777777" w:rsidTr="009A31E4">
-[...4 lines deleted...]
-          <w:p w14:paraId="4E901047" w14:textId="40EC3F9B" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="35E19796" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E901047" w14:textId="46AA3F62" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="07CD4BEA" w14:textId="45184874" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00600A36" w:rsidP="00532660">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunginsairaala</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4028B" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kunnallissairaala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07CD4BEA" w14:textId="113F4E02" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="69E5F47F" w14:textId="34A81B30" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>193</w:t>
+            </w:r>
+            <w:r w:rsidR="0025468A" w:rsidRPr="0026010F">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>–19</w:t>
+            </w:r>
+            <w:r w:rsidR="00123F61" w:rsidRPr="0026010F">
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E5F47F" w14:textId="618476FC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00831849" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w14:paraId="799F1F7C" w14:textId="41F5E166" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00532660" w:rsidP="00532660">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>159–160</w:t>
+            </w:r>
+            <w:r w:rsidR="00123F61" w:rsidRPr="0026010F">
+              <w:t>, 313</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="416502AD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="799F1F7C" w14:textId="7D551677" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="6887CAC3" w14:textId="2F423742" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00600A36" w:rsidP="00532660">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Kirurgian sairauskertomukset </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6887CAC3" w14:textId="2F423742" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1935–1945</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3C7A7847" w14:textId="546371A8" w:rsidR="00532660" w:rsidRPr="00753CC8" w:rsidRDefault="00600A36" w:rsidP="00532660">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7A7847" w14:textId="546371A8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>159–160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00532660" w:rsidRPr="00753CC8" w14:paraId="33D3C66A" w14:textId="77777777" w:rsidTr="009A31E4">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="33D3C66A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C11D614" w14:textId="7B4F689E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...49 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kirurgian sairauskertomukset</w:t>
+            </w:r>
+            <w:r w:rsidR="00312F1D" w:rsidRPr="0026010F">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-[...22 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="034EAA11" w14:textId="17C22AEE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1949–1971</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...10 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDEF7C2" w14:textId="0E733D81" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3893" w:rsidRPr="00753CC8" w14:paraId="2928DD30" w14:textId="77777777" w:rsidTr="009A31E4">
-[...31 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="2928DD30" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53BAD9AB" w14:textId="0BD4ADAF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lasten kulkutautien sairauskertomukset</w:t>
+            </w:r>
+            <w:r w:rsidR="00312F1D" w:rsidRPr="0026010F">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-[...32 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423D5A80" w14:textId="7D079B43" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1947–1971</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...20 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C5B11F" w14:textId="4C2A523E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t xml:space="preserve">159 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3893" w:rsidRPr="00753CC8" w14:paraId="0FACC3BB" w14:textId="77777777" w:rsidTr="009A31E4">
-[...30 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="0FACC3BB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57FAEDD8" w14:textId="497BD7A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
               <w:t>Naistentautien osasto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="508349E4" w14:textId="1E690123" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1947–1949</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B6822C" w14:textId="3D5D4E11" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3893" w:rsidRPr="00753CC8" w14:paraId="54D9B9B8" w14:textId="77777777" w:rsidTr="009A31E4">
-[...31 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="54D9B9B8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="368D443F" w14:textId="1E7F7B0E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Naistentautien osasto</w:t>
+            </w:r>
+            <w:r w:rsidR="00312F1D" w:rsidRPr="0026010F">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 18, 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="647FF1D6" w14:textId="7BFDB2FC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1950–1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6D8D7D" w14:textId="4EC85C84" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="79484ACA" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D013F0" w14:textId="1FABFF98" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Poliklinikkakortit</w:t>
+            </w:r>
+            <w:r w:rsidR="00312F1D" w:rsidRPr="0026010F">
+              <w:t>, o</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>tantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7999C775" w14:textId="13E86008" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1958–1972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B85DBA7" w14:textId="55BE7AFE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>313</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="5CC1DE0A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6462E5" w14:textId="5158D6A8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Sisätautien osasto</w:t>
+            </w:r>
+            <w:r w:rsidR="00312F1D" w:rsidRPr="0026010F">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r>
-[...46 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4932E1CD" w14:textId="393935A5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1952–1972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="400D63FE" w14:textId="62CBBB9A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>160</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD5615" w:rsidRPr="00753CC8" w14:paraId="79484ACA" w14:textId="77777777" w:rsidTr="009A31E4">
-[...23 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4477FACD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7934B2A0" w14:textId="1023C63E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0025468A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Työtapaturmakortit</w:t>
+            </w:r>
+            <w:r w:rsidR="00312F1D" w:rsidRPr="0026010F">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00227FE1">
-[...45 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>otantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B58A2D" w14:textId="5106BF1B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5082C979" w14:textId="441EC27F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3893" w:rsidRPr="00753CC8" w14:paraId="5CC1DE0A" w14:textId="77777777" w:rsidTr="009A31E4">
-[...219 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="60ADDF4C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E253DD" w14:textId="3CE8F9C8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunginsairaala ja sairaalalautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B82724" w14:textId="50C34AA4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1930–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC27276" w14:textId="6F135F60" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC3893" w:rsidRPr="00753CC8" w14:paraId="5CE32B57" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="5CE32B57" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68ED0040" w14:textId="553ED1FF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kaupunginsairaalan rakentaminen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="672F7908" w14:textId="660B01AB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1964–1971</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23430352" w14:textId="4F4BFBC0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>156–157</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D141F8" w:rsidRPr="00753CC8" w14:paraId="22541E6F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="22541E6F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1F35F1" w14:textId="1040577E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kaupunginsihteerin päätösluettelot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2765571D" w14:textId="0F6926F6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1968–2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CBB10C" w14:textId="500868F5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>44–45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D141F8" w:rsidRPr="00753CC8" w14:paraId="26683BB9" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="26683BB9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0234B9DB" w14:textId="5FA13FED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupungintalo</w:t>
+            </w:r>
+            <w:r w:rsidR="002F2CE1" w:rsidRPr="0026010F">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F2CE1" w:rsidRPr="0026010F">
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>semapiirros</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCAB098" w14:textId="7CB653B4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1982</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E58D3D" w14:textId="79B62130" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D141F8" w:rsidRPr="00753CC8" w14:paraId="27EEBB52" w14:textId="77777777" w:rsidTr="009A31E4">
-[...58 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="27EEBB52" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB3EE89" w14:textId="4A07647A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00807692">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunginvaltuusto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD2E8C4" w14:textId="26D3444A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009658FB" w:rsidP="00807692">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1906–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F388FBB" w14:textId="0346D5F2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009658FB" w:rsidP="00807692">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>4–10</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5E0A" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, 27, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>47–48</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA5E0A" w:rsidRPr="0026010F">
+              <w:t>, 51, 61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E4B56" w:rsidRPr="00753CC8" w14:paraId="5FA3E790" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBAE605" w14:textId="1DF82F2D" w:rsidR="004E4B56" w:rsidRPr="0026010F" w:rsidRDefault="004E4B56" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Aloitteet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C171081" w14:textId="18CCE8C6" w:rsidR="004E4B56" w:rsidRPr="0026010F" w:rsidRDefault="004E4B56" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1965–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE0F1AA" w14:textId="080AB1AD" w:rsidR="004E4B56" w:rsidRPr="0026010F" w:rsidRDefault="004E4B56" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D349A" w:rsidRPr="00753CC8" w14:paraId="1860DCF7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC94121" w14:textId="3524068A" w:rsidR="000D349A" w:rsidRPr="0026010F" w:rsidRDefault="000D349A" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Esitys- ja päätöslistat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D4756B" w14:textId="3BCE090D" w:rsidR="000D349A" w:rsidRPr="0026010F" w:rsidRDefault="002F2CE1" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1983–1996</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA948F6" w14:textId="61302008" w:rsidR="000D349A" w:rsidRPr="0026010F" w:rsidRDefault="002F2CE1" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="0F45DBBB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD93FC9" w14:textId="66AF1D00" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005C69FA" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kartat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0870FE8E" w14:textId="5757008C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1965–1980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71E23CDD" w14:textId="3FBCD29A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>47–48, 61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4651DE4F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0F328B" w14:textId="55CFCEE3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005C69FA" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Puheenjohtajan puheet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3112C694" w14:textId="3EBA57ED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1979–1987</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3858EB91" w14:textId="547B177D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="13444DF9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5354DA36" w14:textId="5C333416" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005C69FA" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79443B48" w14:textId="6AF91F7A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1906–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A3280D" w14:textId="697110D0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>5–9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="753E2E77" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3787AA48" w14:textId="22E752D1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005C69FA" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk89163548"/>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Pöytäkirjojen liitteet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9C507D" w14:textId="4F5734B2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1965–1977</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C8BE6E" w14:textId="539910AE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>9–10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="17CE3990" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D07308B" w14:textId="304CFA26" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005C69FA" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Seminaareja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DE364F" w14:textId="36721CFB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1994–2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D67188" w14:textId="3A19D070" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="0AD546C3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D57881" w14:textId="462A4E78" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunkilainen tiedotuslehti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="497CD982" w14:textId="3CD09614" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2009–2020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B1389A" w14:textId="0714A377" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="19F5912C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D3EADD" w14:textId="70D4A44E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kaupunkiliiton keräämiä lehtileikkeitä Lahdesta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E5F7F3" w14:textId="28B02C90" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1926–1940</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F66130C" w14:textId="09AA5D44" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD2737" w:rsidRPr="00753CC8" w14:paraId="4B44C83D" w14:textId="77777777" w:rsidTr="009A31E4">
-[...786 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="1DA7FB41" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CE70A3" w14:textId="67C8C215" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Kaupunkiseudun johtoryhmä ja seutuhallinto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC3CF0A" w14:textId="1BCA8B4E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1993–2009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38EAAAD2" w14:textId="444EE37C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A66DBD" w:rsidRPr="00F22442" w14:paraId="4C8795E0" w14:textId="77777777" w:rsidTr="009A31E4">
-[...79 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="4C8795E0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="435DD083" w14:textId="2179F613" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Kaupunkiseudun yhteistyövaliokunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="011500B8" w14:textId="5EE1EB33" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1973–2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC93F21" w14:textId="1C08FB7D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="00D6615D" w:rsidRPr="00F22442" w14:paraId="1AE1F93D" w14:textId="77777777" w:rsidTr="009A31E4">
-[...81 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="6F09FB3A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B14720" w14:textId="11E51D72" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t xml:space="preserve">Keski-lahden kansakoulu </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0250FF" w14:textId="1DA7514B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1927–1974</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EA0D38" w14:textId="12746274" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>82–83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5A68" w:rsidRPr="00F22442" w14:paraId="38613C27" w14:textId="77777777" w:rsidTr="009A31E4">
-[...4 lines deleted...]
-          <w:p w14:paraId="07831564" w14:textId="222AE695" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="38613C27" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07831564" w14:textId="222AE695" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Keskuskeittola ja -pesula</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4AD85958" w14:textId="6EDDF84F" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD85958" w14:textId="6EDDF84F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1951–1969</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68E871C3" w14:textId="443EA327" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E871C3" w14:textId="443EA327" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5A68" w:rsidRPr="00F22442" w14:paraId="004F0EEE" w14:textId="77777777" w:rsidTr="009A31E4">
-[...4 lines deleted...]
-          <w:p w14:paraId="6B8FE4C6" w14:textId="3205E244" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="004F0EEE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B8FE4C6" w14:textId="3205E244" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Keskusvaalilautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0A4860F7" w14:textId="26C60F0A" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4860F7" w14:textId="26C60F0A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1919–2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="15BC9FE7" w14:textId="173BBF4A" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BC9FE7" w14:textId="173BBF4A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>169–174</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C60CC" w:rsidRPr="00F22442" w14:paraId="7BCF4B6E" w14:textId="77777777" w:rsidTr="009A31E4">
-[...44 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="7BCF4B6E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BB3564" w14:textId="17C3E3F4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kesäsiirtolan päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63FC2C5F" w14:textId="77F640FA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1961–1985</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3F19D8" w14:textId="7C47F259" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5A68" w:rsidRPr="00F22442" w14:paraId="739D904C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...4 lines deleted...]
-          <w:p w14:paraId="0961B5B0" w14:textId="6A262663" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="739D904C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0961B5B0" w14:textId="6A262663" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kesäsiirtolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0483CECC" w14:textId="549BA01F" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0483CECC" w14:textId="549BA01F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1953–2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FA121E1" w14:textId="715A9E46" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA121E1" w14:textId="715A9E46" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5A68" w:rsidRPr="00F22442" w14:paraId="295228AE" w14:textId="77777777" w:rsidTr="009A31E4">
-[...4 lines deleted...]
-          <w:p w14:paraId="0D8A38DD" w14:textId="437B7DCF" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="295228AE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8A38DD" w14:textId="437B7DCF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kiinteistö- ja konepalvelut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0AB43DD8" w14:textId="36D11D91" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB43DD8" w14:textId="36D11D91" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2000–2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3FB54CDA" w14:textId="0F6814C0" w:rsidR="003C5A68" w:rsidRPr="00753CC8" w:rsidRDefault="003C5A68" w:rsidP="003C5A68">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB54CDA" w14:textId="0F6814C0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B203E" w:rsidRPr="00F22442" w14:paraId="099C2EF7" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="099C2EF7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C900D9B" w14:textId="0342CF5D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Kiinteistönpidon ja toimitilahallinnan työryhmä</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D66B240" w14:textId="16075B5E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1998</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D10AE7" w14:textId="0F68A43F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D80C05" w:rsidRPr="00F22442" w14:paraId="0C48162A" w14:textId="77777777" w:rsidTr="009A31E4">
-[...53 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="0C48162A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D86A514" w14:textId="33E6949F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kilpiäisten vanhainkodin hoitokertomukset</w:t>
+            </w:r>
+            <w:r w:rsidR="007E38A6" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 8., 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4177BFC4" w14:textId="132A9ACD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1974–1992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A049154" w14:textId="1432357C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>383</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00717C6B" w:rsidRPr="00F22442" w14:paraId="56657FE3" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="56657FE3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14233F26" w14:textId="4DAB97FA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
               <w:t>Kiveriön kansakoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="273A4536" w14:textId="371B3923" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1962–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="017DE922" w14:textId="0717DDA3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C5A68" w:rsidRPr="00F22442" w14:paraId="044836DE" w14:textId="77777777" w:rsidTr="009A31E4">
-[...6 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="044836DE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA54163" w14:textId="7911BE00" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B2777C" w:rsidP="00813555">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00263A6E">
-[...14 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kiveriön lukio, yhteiskoulu ja yläaste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31CA5366" w14:textId="68997C23" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00813555">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00263A6E">
-[...14 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1928–96, 1988–97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EE4134" w14:textId="016C2F7E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00813555" w:rsidP="00813555">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00263A6E">
-[...14 lines deleted...]
-          <w:p w14:paraId="642345A4" w14:textId="314B721F" w:rsidR="004512B3" w:rsidRPr="00753CC8" w:rsidRDefault="004512B3" w:rsidP="004512B3">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>76–77</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2777C" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">124–125, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="6DEA57BE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="051400B0" w14:textId="6AF9EE66" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kivimaan kans</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5981" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">a- ja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>peruskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6B0C38" w14:textId="00D9DEE1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1948–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C0A799" w14:textId="14436746" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="02A7FD3C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8D9E99" w14:textId="4A70AF56" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00263A6E">
-[...12 lines deleted...]
-          <w:p w14:paraId="38339410" w14:textId="3665E488" w:rsidR="004512B3" w:rsidRPr="00753CC8" w:rsidRDefault="004512B3" w:rsidP="004512B3">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kivimaan peruskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="730A2A59" w14:textId="1DBAF85D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00263A6E">
-[...12 lines deleted...]
-          <w:p w14:paraId="2DC3FF28" w14:textId="7DFD0401" w:rsidR="004512B3" w:rsidRPr="00753CC8" w:rsidRDefault="004512B3" w:rsidP="004512B3">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1929–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68077F35" w14:textId="314C3098" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00263A6E">
-[...100 lines deleted...]
-          <w:p w14:paraId="2B8D9E99" w14:textId="4A70AF56" w:rsidR="00B05A32" w:rsidRPr="00753CC8" w:rsidRDefault="00B05A32" w:rsidP="00B05A32">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>259</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="263AFFDC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="459158BE" w14:textId="08C30804" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="730A2A59" w14:textId="4C768629" w:rsidR="00B05A32" w:rsidRPr="00753CC8" w:rsidRDefault="00153554" w:rsidP="00B05A32">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kivipuiston koulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74064EC2" w14:textId="4A1BF34D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="68077F35" w14:textId="77EAE0E7" w:rsidR="00B05A32" w:rsidRPr="00753CC8" w:rsidRDefault="00B05A32" w:rsidP="00B05A32">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1958–2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31084B3C" w14:textId="41983C26" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w14:paraId="459158BE" w14:textId="08C30804" w:rsidR="00B05A32" w:rsidRPr="00753CC8" w:rsidRDefault="00B05A32" w:rsidP="00B05A32">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>258–259</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="0CDFA31F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46210B1E" w14:textId="6130A28F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Konsernipalvelujohtajan päätösluettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB4642C" w14:textId="30ED04A2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2010–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F73E9DE" w14:textId="15B527B5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="72B6B910" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DBB31F" w14:textId="72B4D085" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Korkeamman opetuksen neuvottelukunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="757387AC" w14:textId="04F4CF8B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C28C266" w14:textId="46BE6C9B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="7D4AFD98" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9EE94D" w14:textId="01A3BD26" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="74064EC2" w14:textId="4A1BF34D" w:rsidR="00B05A32" w:rsidRPr="00753CC8" w:rsidRDefault="00153554" w:rsidP="00B05A32">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kotipalvelu</w:t>
+            </w:r>
+            <w:r w:rsidR="007E38A6" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 8., 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54692CDA" w14:textId="7A93B561" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="31084B3C" w14:textId="41983C26" w:rsidR="00B05A32" w:rsidRPr="00753CC8" w:rsidRDefault="00A3469D" w:rsidP="00B05A32">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1982–1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61EA8707" w14:textId="0FA245F3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...159 lines deleted...]
-          <w:p w14:paraId="7D9EE94D" w14:textId="099A0DD3" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="6181711B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="085B5A6D" w14:textId="1CB746CD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kotisairaanhoito, potilaskortit A-Ö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33A8C3C4" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6B0A92" w14:textId="72D2BC58" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>307</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="28638135" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F53E24C" w14:textId="5F622A8E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...60 lines deleted...]
-          <w:p w14:paraId="54692CDA" w14:textId="7A93B561" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kotitalousneuvonta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301D6264" w14:textId="54077B07" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="61EA8707" w14:textId="0FA245F3" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1948–1998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72545591" w14:textId="3E079588" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...72 lines deleted...]
-          <w:p w14:paraId="5F53E24C" w14:textId="5F622A8E" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>87–88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="7AE6DBAE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39325727" w14:textId="44006204" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...12 lines deleted...]
-          <w:p w14:paraId="301D6264" w14:textId="54077B07" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kouluasiain neuvottelukunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B465253" w14:textId="5DBD0499" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...12 lines deleted...]
-          <w:p w14:paraId="72545591" w14:textId="3E079588" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D12E38" w14:textId="376656EC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...14 lines deleted...]
-          <w:p w14:paraId="39325727" w14:textId="44006204" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="417C5ED4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C03A2D3" w14:textId="6C216071" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...12 lines deleted...]
-          <w:p w14:paraId="5B465253" w14:textId="5DBD0499" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koululautakunnan pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="428A4574" w14:textId="577DBE8B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...12 lines deleted...]
-          <w:p w14:paraId="33D12E38" w14:textId="376656EC" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1981–2004 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9753F3" w14:textId="65143EAC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>131</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="6F5CBBD7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="118E50D1" w14:textId="40C8064B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...14 lines deleted...]
-          <w:p w14:paraId="4C03A2D3" w14:textId="6C216071" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koulujen luokkapäiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BBF1973" w14:textId="54A632A7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...12 lines deleted...]
-          <w:p w14:paraId="428A4574" w14:textId="577DBE8B" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1872–1920</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D401B1C" w14:textId="06F20E7B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...36 lines deleted...]
-          <w:p w14:paraId="118E50D1" w14:textId="40C8064B" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>142–143</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="454E8607" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="525CA60C" w14:textId="553575D2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...12 lines deleted...]
-          <w:p w14:paraId="1BBF1973" w14:textId="54A632A7" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koulujen työsuunnitelmat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="475AF420" w14:textId="7EF5EDA6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...12 lines deleted...]
-          <w:p w14:paraId="0D401B1C" w14:textId="06F20E7B" w:rsidR="00935587" w:rsidRPr="00753CC8" w:rsidRDefault="00935587" w:rsidP="00935587">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1985–2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07543A55" w14:textId="3BAAFCE1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000F18BB">
-[...14 lines deleted...]
-          <w:p w14:paraId="525CA60C" w14:textId="553575D2" w:rsidR="00D1229E" w:rsidRPr="00753CC8" w:rsidRDefault="00D1229E" w:rsidP="00D1229E">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>122–124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="3FE10E02" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0F841F" w14:textId="255B2320" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koululaisten terveyskortit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004C708F" w14:textId="345F51AD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1924–1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F86C284" w14:textId="47CD2586" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>294–306</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="67FF8B3C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A279552" w14:textId="6C331CE8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koululautakun</w:t>
+            </w:r>
+            <w:r w:rsidR="006A5542" w:rsidRPr="0026010F">
+              <w:t>nan s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>aapuneet kirjeet, yksityiset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9821B5" w14:textId="0BE7BEBB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2003–2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1652226E" w14:textId="548CCA7F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>262</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="51623313" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D8BC42" w14:textId="41F1120F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koulutoimen johtajan päätösluettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CBB0027" w14:textId="3ED9E537" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D019948" w14:textId="5DCFE82E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>135–136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="7FDA84C2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1100A2D7" w14:textId="0373683B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koulutuspalvelukeskus</w:t>
+            </w:r>
+            <w:r w:rsidR="006526B9" w:rsidRPr="0026010F">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007C1150" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Koulutoimi,</w:t>
+            </w:r>
+            <w:r w:rsidR="006526B9" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kouluvirasto, </w:t>
+            </w:r>
+            <w:r w:rsidR="002C030C" w:rsidRPr="0026010F">
+              <w:t>Perusopetus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6073D40A" w14:textId="7D388CE0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="004B108E" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1906–2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="569A7DD7" w14:textId="4E1903B0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="004B108E" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>132–1</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0B2C" w:rsidRPr="0026010F">
+              <w:t>42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>, 261–263</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB7E51" w:rsidRPr="00F22442" w14:paraId="40E7CEC6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2BBF97" w14:textId="705168EA" w:rsidR="00FB7E51" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB7E51" w:rsidRPr="0026010F">
+              <w:t>Diaarikirjat ja -kortit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B61C44B" w14:textId="4ABF90C0" w:rsidR="00FB7E51" w:rsidRPr="0026010F" w:rsidRDefault="00FB7E51" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1957–87, 1991–98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B4532E" w14:textId="3220F00A" w:rsidR="00FB7E51" w:rsidRPr="0026010F" w:rsidRDefault="00FB7E51" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>135, 136</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="032B6B69" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B612CE7" w14:textId="7C5145FD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="001C7274">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Hakemukset toimiin ja virkoihin, valitut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9E745C" w14:textId="51308EA9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001C7274">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1946, 1954–90, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A046538" w14:textId="328F68EF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001C7274">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1991–2001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AC043E" w14:textId="75E578D7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001C7274">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>134–135</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB5AD7" w:rsidRPr="0026010F">
+              <w:t>, 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="6ADDBD6C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="658327B9" w14:textId="21DE5B5A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Hallintojohtajan päätösluettelot </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7397C9A8" w14:textId="0D995DB6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1984–2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21202FFD" w14:textId="30AA8474" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>136–137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="228CCB15" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EDB53AA" w14:textId="019731D1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kansakoulujen vuosikertomukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F255D14" w14:textId="660AC2BA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1938–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27708436" w14:textId="553A4468" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="038A1B6B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BC2B61" w14:textId="715E63B7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Koulujen vuosikertomuksia </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD8F7F6" w14:textId="56DAA9A8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1938–1986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAD7C65" w14:textId="1DAB8679" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E0B2C" w:rsidRPr="00F22442" w14:paraId="35292CA6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB58E47" w14:textId="22B78A3D" w:rsidR="001E0B2C" w:rsidRPr="0026010F" w:rsidRDefault="00FD0B86" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001E0B2C" w:rsidRPr="0026010F">
+              <w:t>Lähetetyt ja saapuneet kirjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73204681" w14:textId="3D5A1528" w:rsidR="001E0B2C" w:rsidRPr="0026010F" w:rsidRDefault="001E0B2C" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383DC7DD" w14:textId="43EA8582" w:rsidR="001E0B2C" w:rsidRPr="0026010F" w:rsidRDefault="001E0B2C" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>137–141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E0B2C" w:rsidRPr="00F22442" w14:paraId="2BAAEA1A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50899920" w14:textId="6C4E8D9B" w:rsidR="001E0B2C" w:rsidRPr="0026010F" w:rsidRDefault="00FD0B86" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="001E0B2C" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Oppilastilastot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C431B2" w14:textId="3B2F093D" w:rsidR="001E0B2C" w:rsidRPr="0026010F" w:rsidRDefault="001E0B2C" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1961–1991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06B3680A" w14:textId="16823BCF" w:rsidR="001E0B2C" w:rsidRPr="0026010F" w:rsidRDefault="001E0B2C" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="65AA22A1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDB379C" w14:textId="0903E75C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A63F9">
-[...12 lines deleted...]
-          <w:p w14:paraId="475AF420" w14:textId="7EF5EDA6" w:rsidR="00D1229E" w:rsidRPr="00753CC8" w:rsidRDefault="00D1229E" w:rsidP="00D1229E">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Pöytäkirjat, lähetetyt ja saapuneet kirjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF1391B" w14:textId="207ADAAE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A63F9">
-[...12 lines deleted...]
-          <w:p w14:paraId="07543A55" w14:textId="3BAAFCE1" w:rsidR="00D1229E" w:rsidRPr="00753CC8" w:rsidRDefault="00D1229E" w:rsidP="00D1229E">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1938–1985</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A28AE0E" w14:textId="3E0C9596" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A63F9">
-[...161 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>132–134, 135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="2D4A0679" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02488EAD" w14:textId="594B8C5D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Virkoihin ja toimiin valittujen asiakirjat</w:t>
+            </w:r>
+            <w:r w:rsidR="000762B4" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>muu henkilökunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="349622D8" w14:textId="303A36BA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2002–2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC38173" w14:textId="11658E26" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00280141" w:rsidRPr="00F22442" w14:paraId="51623313" w14:textId="77777777" w:rsidTr="009A31E4">
-[...188 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="0AC2899C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F460EBB" w14:textId="0D099D4A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00890AE0" w:rsidP="004A4FFA">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Virkoihin ja toimiin valittujen asiakirjat</w:t>
+            </w:r>
+            <w:r w:rsidR="000762B4" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>opettajat ja rehtorit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAFF193" w14:textId="4D5E1DEC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1975, 2002–2003, 2005, 2007–2015 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D385D8" w14:textId="43256A7F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:r w:rsidRPr="0026010F">
               <w:t>262</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B55245" w:rsidRPr="00F22442" w14:paraId="7FDA84C2" w14:textId="77777777" w:rsidTr="009A31E4">
-[...410 lines deleted...]
-          <w:p w14:paraId="4DDB379C" w14:textId="7DB2A115" w:rsidR="00243997" w:rsidRPr="00753CC8" w:rsidRDefault="00243997" w:rsidP="00243997">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="2FFF9294" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6430E985" w14:textId="33943EE2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="6DF1391B" w14:textId="207ADAAE" w:rsidR="00243997" w:rsidRPr="00753CC8" w:rsidRDefault="00117F23" w:rsidP="00243997">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koulupsykologin toimiston julkaisuja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="437B7061" w14:textId="73E51FFA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="5A28AE0E" w14:textId="3E0C9596" w:rsidR="00243997" w:rsidRPr="00753CC8" w:rsidRDefault="00117F23" w:rsidP="00243997">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1965–1970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="719303A4" w14:textId="1C6A24A4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...86 lines deleted...]
-          <w:p w14:paraId="6430E985" w14:textId="33943EE2" w:rsidR="00243997" w:rsidRPr="00753CC8" w:rsidRDefault="00243997" w:rsidP="00243997">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>142</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4F523E6E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACD15A8" w14:textId="77777777" w:rsidR="000762B4" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="000762B4">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Koulutuskeskus Salpaus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD26D65" w14:textId="256F52ED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="000762B4" w:rsidP="000762B4">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Hotelli- ja ravintolakoulu, kauppaoppilaitos, ammattikoulu)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FBB8C17" w14:textId="6B9341E1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1945–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FA2460" w14:textId="0B5347D5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>265–267</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="5825D0F7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABFD201" w14:textId="0441C5BB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kujalan kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE82C9A" w14:textId="32768B81" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1938–1974</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150411A6" w14:textId="67A2F699" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4CE7AB90" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D798605" w14:textId="2A356FB9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="437B7061" w14:textId="73E51FFA" w:rsidR="00243997" w:rsidRPr="00753CC8" w:rsidRDefault="00117F23" w:rsidP="00243997">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kunnaksen kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1747CE" w14:textId="7DE31CF2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="719303A4" w14:textId="1C6A24A4" w:rsidR="00243997" w:rsidRPr="00753CC8" w:rsidRDefault="00243997" w:rsidP="00243997">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1948–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2A8971" w14:textId="61F060CB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...79 lines deleted...]
-          <w:p w14:paraId="25530B4D" w14:textId="79C9AD62" w:rsidR="00A16528" w:rsidRPr="00753CC8" w:rsidRDefault="00A16528" w:rsidP="00A16528">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="00771731" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6004B201" w14:textId="3B497B4A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="7DE53D92" w14:textId="02E9B4A8" w:rsidR="00A16528" w:rsidRPr="00753CC8" w:rsidRDefault="00117F23" w:rsidP="00A16528">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Kulttuurilautakunta </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2DABED" w14:textId="4A58562F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="5E77F782" w14:textId="75DA2278" w:rsidR="00A16528" w:rsidRPr="00753CC8" w:rsidRDefault="00117F23" w:rsidP="00A16528">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1981–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06297B98" w14:textId="14D74F9C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="596F8184" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA50516" w14:textId="1B1D9DA4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w14:paraId="18BF5AAC" w14:textId="7254E632" w:rsidR="00A16528" w:rsidRPr="00753CC8" w:rsidRDefault="00A16528" w:rsidP="00A16528">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kulttuuritoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC0F52F" w14:textId="5A356BED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="0006279E" w14:textId="336BA499" w:rsidR="00A16528" w:rsidRPr="00753CC8" w:rsidRDefault="00117F23" w:rsidP="00A16528">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8ADDE6" w14:textId="2E7868C4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="072A958B" w14:textId="058CA85E" w:rsidR="00A16528" w:rsidRPr="00753CC8" w:rsidRDefault="00A16528" w:rsidP="00A16528">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="76964BE6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD67277" w14:textId="448E9D31" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...79 lines deleted...]
-          <w:p w14:paraId="4D798605" w14:textId="2A356FB9" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kuluttajaneuvonta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F201D8" w14:textId="2E31474E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="4A1747CE" w14:textId="7DE31CF2" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1979–2008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="743D814D" w14:textId="33894165" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="7A2A8971" w14:textId="61F060CB" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="3D79BD00" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B14A2A5" w14:textId="6097559B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w14:paraId="6004B201" w14:textId="3B497B4A" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kunnallissairaala</w:t>
+            </w:r>
+            <w:r w:rsidR="005666AF" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B071D4" w14:textId="1799C1DF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000D2712">
-[...19 lines deleted...]
-          <w:p w14:paraId="2F2DABED" w14:textId="4A58562F" w:rsidR="00280141" w:rsidRPr="005B386C" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1910–59, 1930–47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="290B9C59" w14:textId="00AF5FB1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B386C">
-[...50 lines deleted...]
-          <w:p w14:paraId="2DA50516" w14:textId="1B1D9DA4" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>153–156</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="271BFEF4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07A5FF49" w14:textId="62F6C47E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677ADD">
-[...12 lines deleted...]
-          <w:p w14:paraId="2EC0F52F" w14:textId="5A356BED" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kunnallisverojen tilit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="063F4A85" w14:textId="2FDD02A6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677ADD">
-[...12 lines deleted...]
-          <w:p w14:paraId="3B8ADDE6" w14:textId="2E7868C4" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00E42DF0" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1912–1926</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="451A903B" w14:textId="4CBB5652" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w14:paraId="0CD67277" w14:textId="448E9D31" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="778C815F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7871631F" w14:textId="3FE0EB64" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Kunniakirjoja </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F487DC" w14:textId="575BA27E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1958–1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300CD678" w14:textId="7175B262" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="32E530F0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="142AA4DD" w14:textId="1875805A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677ADD">
-[...12 lines deleted...]
-          <w:p w14:paraId="19F201D8" w14:textId="2E31474E" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kuntayhtymä Lahti-Ahvenisto hoitokunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43036D54" w14:textId="6EC9BFD4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677ADD">
-[...12 lines deleted...]
-          <w:p w14:paraId="743D814D" w14:textId="33894165" w:rsidR="00280141" w:rsidRPr="00753CC8" w:rsidRDefault="00280141" w:rsidP="00280141">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1956–1980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75860E72" w14:textId="4CD11EA0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00677ADD">
-[...14 lines deleted...]
-          <w:p w14:paraId="4E88E01D" w14:textId="2CBD2F09" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="60555133" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05506FF5" w14:textId="0D90CEA6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="740A9F7C" w14:textId="054ABECF" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kuukausipalkkalautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E3C74B" w14:textId="075466B6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-          <w:p w14:paraId="569547EA" w14:textId="651D1EF8" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1939–1945</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3261786A" w14:textId="4BF514A1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w14:paraId="5B14A2A5" w14:textId="2939F579" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>215–216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="3FE25063" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FACF50" w14:textId="0899849C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD1FAA">
-[...19 lines deleted...]
-          <w:p w14:paraId="41B071D4" w14:textId="2F8AF395" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>KVTEL:n ilmoitukset vanhan eläkejärjestelmän valinneet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EFEA49" w14:textId="0480FB6A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD1FAA">
-[...12 lines deleted...]
-          <w:p w14:paraId="290B9C59" w14:textId="00AF5FB1" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46FBAB2A" w14:textId="6339C176" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005317DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD1FAA">
-[...21 lines deleted...]
-          <w:p w14:paraId="07A5FF49" w14:textId="62F6C47E" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4548D3F3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615056E3" w14:textId="39BFAF4C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="063F4A85" w14:textId="2FDD02A6" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Kärpäsen kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62222345" w14:textId="09B4D1E0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="451A903B" w14:textId="4CBB5652" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1950–1976</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B001FB" w14:textId="6B21C8DE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="000F18BB" w14:paraId="0B36FA3B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F7DBFC" w14:textId="0A7F8B79" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
+              <w:t>Kärpäsen peruskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BF09B1" w14:textId="5A166092" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1975–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE3BF84" w14:textId="2783A30C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="4B764666" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="572A63A7" w14:textId="0012CD51" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...79 lines deleted...]
-          <w:p w14:paraId="51EDD84B" w14:textId="4B49480C" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Köyhäinhoitoluetteloita</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="103DDCAE" w14:textId="6C5B5A9D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="2C8F9B60" w14:textId="555DC44F" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1949–1953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3047BEFA" w14:textId="07B0301A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="004A4FFA">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="1C4886EC" w14:textId="0940DD46" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="20F7F414" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AC90566" w14:textId="7DA8B620" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-          <w:p w14:paraId="142AA4DD" w14:textId="1875805A" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE0CC8E" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1788B">
-[...12 lines deleted...]
-          <w:p w14:paraId="43036D54" w14:textId="6EC9BFD4" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37144DC3" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1788B">
-[...12 lines deleted...]
-          <w:p w14:paraId="75860E72" w14:textId="4CD11EA0" w:rsidR="00D6615D" w:rsidRPr="00753CC8" w:rsidRDefault="00D6615D" w:rsidP="00D6615D">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="387E3387" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0673ECF1" w14:textId="005E0A09" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1788B">
-[...573 lines deleted...]
-            <w:r w:rsidRPr="0063350C">
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="28558EFA" w14:textId="1DE51962" w:rsidR="00A413C1" w:rsidRPr="00753CC8" w:rsidRDefault="00A413C1" w:rsidP="00171E9B">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28558EFA" w14:textId="1DE51962" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="755AD3D9" w14:textId="7AD6CF8C" w:rsidR="00A413C1" w:rsidRPr="00753CC8" w:rsidRDefault="00A413C1" w:rsidP="00171E9B">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="755AD3D9" w14:textId="7AD6CF8C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E14919" w:rsidRPr="00753CC8" w14:paraId="0636810C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...49 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="0636810C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AFC200" w14:textId="79E3E25D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden Ensi- ja turvakoti Ry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B21E44" w14:textId="74A5BB90" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1977–2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="593FF8BE" w14:textId="6350E51B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>354</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B3B86" w:rsidRPr="00753CC8" w14:paraId="385C2000" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="385C2000" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADF02AA" w14:textId="737A0019" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Lahden historiaa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2875E7E9" w14:textId="13AC428A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>1940–1955</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4E994E" w14:textId="68EBDE46" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C467F5" w:rsidRPr="00753CC8" w14:paraId="6AA78A08" w14:textId="77777777" w:rsidTr="009A31E4">
-[...5 lines deleted...]
-            <w:pPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="6AA78A08" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A6F426" w14:textId="0DD595AC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lahden kartanon hoitokunta ja kartano </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F10C47" w14:textId="28B9B4FB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082F5B">
-[...63 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1919–1947</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E70DBA8" w14:textId="1044EF22" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082F5B">
-[...23 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="1BA081FF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A74BE8A" w14:textId="32262EBD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00082F5B">
-[...15 lines deleted...]
-          <w:p w14:paraId="3A74BE8A" w14:textId="32262EBD" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden kauppalan alemman kansakoulun päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBE7DCA" w14:textId="7DDBE0B3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="2BBE7DCA" w14:textId="7DDBE0B3" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1902–1908</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45EC7710" w14:textId="77481D46" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="45EC7710" w14:textId="77481D46" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="5A0D3A13" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01032023" w14:textId="2497F626" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w14:paraId="01032023" w14:textId="2497F626" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden kauppalan kansakoulu päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF49A48" w14:textId="74CAE30C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="6FF49A48" w14:textId="74CAE30C" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1894–1904</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CFA582" w14:textId="26753BFF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="15CFA582" w14:textId="26753BFF" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="37697B74" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F20736E" w14:textId="7A8B6A31" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w14:paraId="7F20736E" w14:textId="7A8B6A31" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden kauppalan ylemmän kansakoulun päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF946B0" w14:textId="5175E1B8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="1AF946B0" w14:textId="5175E1B8" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1904–1908</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68198E00" w14:textId="32613CDE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="68198E00" w14:textId="32613CDE" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="70F72414" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1013C900" w14:textId="5768CF23" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w14:paraId="1013C900" w14:textId="5768CF23" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden kaupungin elinkeinorahasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6212ADE9" w14:textId="29443FC0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="6212ADE9" w14:textId="29443FC0" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1997–2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A6A43B" w14:textId="1630F7EE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="01A6A43B" w14:textId="1630F7EE" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="46FE0A93" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC13CD7" w14:textId="26B7DCD1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden kaupungin juhlatilaisuudet, ohjelmat, kutsut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5647EDD4" w14:textId="49FABA37" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1955–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="207BC33F" w14:textId="26459E6D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="55081969" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB1BC31" w14:textId="05E4EA76" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00627A92">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...87 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lahden kaupungin </w:t>
+            </w:r>
+            <w:r w:rsidR="004A4FFA" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ja </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>kylän kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8D4E83" w14:textId="327412A3" w:rsidR="00627A92" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00627A92">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1869–1962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1409BF99" w14:textId="009B4383" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00627A92">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="341FF2B6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BDD86E" w14:textId="5F79B13C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w14:paraId="03BDD86E" w14:textId="5F79B13C" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden kaupungin koulukasvitarhat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25249502" w14:textId="5A9130ED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="25249502" w14:textId="5A9130ED" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1924–1948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0775252D" w14:textId="0F0EC925" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="0775252D" w14:textId="0F0EC925" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="7BD5CFC4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6277165E" w14:textId="71527BCE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...86 lines deleted...]
-          <w:p w14:paraId="6277165E" w14:textId="45474A23" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lahden kaupungin sairaalat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA1EF31" w14:textId="5AF3F54F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="0DA1EF31" w14:textId="5AF3F54F" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1910–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1861D284" w14:textId="5C16B44F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="1861D284" w14:textId="5C16B44F" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>159</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00753CC8" w14:paraId="52F401DD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DBC389" w14:textId="6E102804" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-          <w:p w14:paraId="76DBC389" w14:textId="6E102804" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden kaupungin vesilaitos, vesi- ja viemärilaitos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E949FD" w14:textId="7CDC222D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-          <w:p w14:paraId="67E949FD" w14:textId="7CDC222D" w:rsidR="00C467F5" w:rsidRPr="00753CC8" w:rsidRDefault="00C467F5" w:rsidP="00C467F5">
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1985–1988, 1989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC86C69" w14:textId="24181AF3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="6DE0BCC6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DE2181" w14:textId="26412F7E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk89161546"/>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden käsityö- ja talousammattikoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B8136C" w14:textId="68F5AC66" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1956–1965</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CE13F7" w14:textId="442485DF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>266–267</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="28901A66" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34E0288E" w14:textId="160531D3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden Lämpövoima Oy:n johto- ja rakennustoimikunnan pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1680B052" w14:textId="47A4CAC9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1971–1983</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F9005F" w14:textId="011C5B4E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="045D8C1B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="308A0618" w14:textId="7BDEFB1E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden rakennekehityssymposiumi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1899BD" w14:textId="38557DF4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCECB63" w14:textId="6BAD1912" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="491C9A27" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0F7BE1" w14:textId="7F82F615" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden seudun kumppanuus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30101977" w14:textId="7BDC9231" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1997–2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74ADC2F1" w14:textId="087B38EE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="69B7BAFF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE88385" w14:textId="0DA6E69E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden seudun Yrityskeskus Oy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="320A5C9C" w14:textId="750B1FF3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1998–2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="528F9799" w14:textId="0875C7F4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00FF639C" w14:paraId="229D5965" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A0554F" w14:textId="39E938D8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lahden Seudun Kuntatekniikka Oy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF5A6AC" w14:textId="50B20D55" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2000–2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0107C857" w14:textId="42791361" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>568</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00FF639C" w14:paraId="1006A68B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6E510B" w14:textId="787FB807" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden talouspalvelut</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90CF8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4EB6" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>loittava tase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4527D469" w14:textId="7295FD81" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240C8994" w14:textId="0047FC48" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00FF639C" w14:paraId="015AAB5C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D06A34D" w14:textId="4D590482" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden teollisuus- ja rakennusammattikoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B398A3" w14:textId="69029AC7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1956–1965</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF392FD" w14:textId="1495077E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>266–267</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00FF639C" w14:paraId="0FCAC539" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5999FD48" w14:textId="7FED3B64" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden Terveystalo Oy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03969731" w14:textId="463F6584" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1973–2022 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4332D2B8" w14:textId="1FB5D6BD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="70D48875" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="097B3C7B" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden Työnpaikka Oy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CBEFEB" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2014–2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BFF987" w14:textId="0054C817" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="7682E306" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372A791D" w14:textId="353488EE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden valmistava poikien ammattikoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73752A5E" w14:textId="18C98DC9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1945–1956</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E75A5F" w14:textId="387934A2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>266–267</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="7E8F0A22" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5DA414" w14:textId="119C2061" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lahden </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF4EB6" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>äestörekisteri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6C6FCE" w14:textId="682565E0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1918–1984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E09F1D4" w14:textId="7DC241D3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">617–618 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="0EE3BF93" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EA016B" w14:textId="56E4FD10" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahden yleinen ammattikoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="444554EA" w14:textId="4668EEF3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1895–1956</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D77657" w14:textId="7F782FEA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="3FCDC6C1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="068976C7" w14:textId="686AC186" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lahti Energia Oy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629E62F1" w14:textId="634B762D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1907–2003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7146AFA8" w14:textId="6465DAD2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>561–562</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="4168DF73" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C904AA" w14:textId="2116955F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lapsiperhepalvelu</w:t>
+            </w:r>
+            <w:r w:rsidR="00470BEB" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>iden</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00470BEB" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ukiperhe- ja tukihenkilötoiminta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37C4B996" w14:textId="2A324DED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>2015–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11108271" w14:textId="66E44793" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>363</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="0EE93C3D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2483D73C" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lastenhoidonneuvola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E4CD78" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1936–1947</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AB6909" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00B16DAB" w14:paraId="4FE0E13E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5285DDBB" w14:textId="42A3C3A2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lasten ja nuorten Kuvataideoppilaitos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74982985" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1982–1998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7DC450" w14:textId="1F94F226" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="2"/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00B16DAB" w14:paraId="49B89175" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68552D17" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lastenseimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AFBC46" w14:textId="065121DA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1935–1942</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED69901" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00B16DAB" w14:paraId="1DAC938E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7802E8C5" w14:textId="6ADF4C69" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="003610B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lastensuojelu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A8B2E9" w14:textId="73449922" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="001342D8" w:rsidP="003610B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1943–</w:t>
+            </w:r>
+            <w:r w:rsidR="005B478D" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE44EB7" w14:textId="4BEFB42E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005B478D" w:rsidP="003610B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">177–180, 182, 195, </w:t>
+            </w:r>
+            <w:r w:rsidR="003610B0" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>354–355</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0365F26D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6CBDC2" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lastensuojelulautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B88E80" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1931–1949</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="343F81DE" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="001342D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>180–182</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="4908A2D8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D324DEB" w14:textId="27484675" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Launeen kansa</w:t>
+            </w:r>
+            <w:r w:rsidR="003F248E" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>ja peruskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE42317" w14:textId="07397429" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1934–1996</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0422E06F" w14:textId="4229F75A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>83–84, 258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="596C6B33" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D77A192" w14:textId="2210143D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Launeen sairaala</w:t>
+            </w:r>
+            <w:r w:rsidR="00D119D0" w:rsidRPr="0026010F">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D119D0" w:rsidRPr="0026010F">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>isätautiosasto</w:t>
+            </w:r>
+            <w:r w:rsidR="007F3A12" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="517E4F68" w14:textId="11911FCB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1958–1970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B91BCD" w14:textId="077D63E0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5AE17E3B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E733E6" w14:textId="600566A1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Leikkikenttätoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BECCB4" w14:textId="4A3F0E9F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1962–1991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C0008A" w14:textId="7020C552" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="6F39425A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223225EA" w14:textId="343ED9A5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Liikennetoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E53781" w14:textId="6A305659" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1955–1989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8F443B" w14:textId="5B6D7224" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="048029C6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A38240" w14:textId="27B1CD4F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>LK Kiinteistöpalvelut Oy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...2111 lines deleted...]
-                <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...337 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C89F8C" w14:textId="4C7E75A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1971–2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="739DB6F1" w14:textId="6B1E0F89" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="6F21B001" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C38F3B" w14:textId="26CB8B2E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lomalautakunta </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5AA6E5" w14:textId="69A71DC7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1974–1988</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C17E93" w14:textId="4B2E52BA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="54BDCEEB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A8BA7E" w14:textId="4B2897F0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lotilan koulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54073F60" w14:textId="6BB2843D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1955–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35172A48" w14:textId="615C955B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="227C1F5B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="122D09A6" w14:textId="204DEF4C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Lastensuojelu</w:t>
-[...1754 lines deleted...]
-                <w:iCs/>
+              <w:t>Luonto- ja ympäristösuojelutoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D7F075" w14:textId="68E1EC08" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1970–1984</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B309976" w14:textId="3E28DC4D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="2D358D0B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FC37F3" w14:textId="44B55A31" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lyseon lukio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FB463D" w14:textId="7C51EEBA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1921–2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C24748" w14:textId="6E40491B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>73–74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="5A3EB5A6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB55F60" w14:textId="3341949C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lyseon peruskoulu </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C18CB66" w14:textId="75EEEBA0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1945–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E400CFA" w14:textId="69D259D9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="022B7D3E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E379B34" w14:textId="45CDDC6F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Lähteen koulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0649E4F9" w14:textId="6C75EF8B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1947–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE1D815" w14:textId="40F19F71" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A71BD2" w:rsidRPr="00BD3E59" w14:paraId="227C1F5B" w14:textId="77777777" w:rsidTr="009A31E4">
-[...276 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="48572005" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1844528C" w14:textId="107E8C45" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Läntinen kansakoulu (Länsiharju)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="101F71BF" w14:textId="61D7DADA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1886–1943</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="215B584C" w14:textId="30F3C858" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="637E0825" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="736428A6" w14:textId="1359A812" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Länsiharjun kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="647867AE" w14:textId="0232869D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1875–1977</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2E7651" w14:textId="7436359D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E7330" w14:paraId="48572005" w14:textId="77777777" w:rsidTr="009A31E4">
-[...249 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00103C5A" w14:paraId="23842E10" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="185A56D7" w14:textId="77777777" w:rsidR="00103C5A" w:rsidRPr="0026010F" w:rsidRDefault="00103C5A" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC223F6" w14:textId="77777777" w:rsidR="00103C5A" w:rsidRPr="0026010F" w:rsidRDefault="00103C5A" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEA7481" w14:textId="77777777" w:rsidR="00103C5A" w:rsidRPr="0026010F" w:rsidRDefault="00103C5A" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="5D0ABBA8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EDB31C" w14:textId="4613EB09" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...92 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FD206D" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D1B49C" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="075F9104" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2B7E24" w14:textId="7D941BAA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Maahanmuuttajatyö</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD0612" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00103C5A" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>k</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>otouttamisohjelma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45932403" w14:textId="3AAA1CA1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1998–08, 2014–16 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D96760" w14:textId="40D41BEB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">395–396 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="1A9A3B98" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="1A9A3B98" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A96C6F" w14:textId="6D87F551" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Maakaasuntoimitussopimuksia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B1C4AE" w14:textId="13DB07EF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1972, 1985</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D2FF55" w14:textId="54CC17B1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F60DD2" w14:paraId="6CBF039F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...159 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="4998977C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F0DF84" w14:textId="30BD8D45" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Maatalous- ja loma-asiain jaoston pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBBBAAB" w14:textId="7A8903C1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1989–1992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25F52BA8" w14:textId="4A0F643A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>578–579</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="7A6F83DE" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="7A6F83DE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED0B558" w14:textId="34B5C029" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Maatalouslautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C9E7F5" w14:textId="3B99BD16" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1974–1988</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D46691" w14:textId="13F7C6D1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="7031A1AB" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="7031A1AB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2AC500" w14:textId="239300E4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Maa- ja metsätalouslautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D49A0C" w14:textId="5995F0CF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1945–1948</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45267A60" w14:textId="68442810" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="6CAA65F3" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="6CAA65F3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="552B443F" w14:textId="19C1D91D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Maistraatti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E61AE5" w14:textId="3CB2E535" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1869–1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A2C69D" w14:textId="360FFA85" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>224–226</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="3AB2E0CC" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="3AB2E0CC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="495AA1AE" w14:textId="1E0A991C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Majoituslautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F962B5" w14:textId="17A08404" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1901–1953</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4C9311" w14:textId="03F553D1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>94–95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="2E145D57" w14:textId="77777777" w:rsidTr="009A31E4">
-[...18 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="2E145D57" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9A6F80" w14:textId="36C6A0DA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk91760552"/>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Matkailu- ja kongressitoimisto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB47963" w14:textId="27367A31" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1963–2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA1966C" w14:textId="2DBA7404" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
-[...41 lines deleted...]
-                <w:iCs/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="286ECF48" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="489FB00C" w14:textId="33548FFA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Matkailulautakun</w:t>
+            </w:r>
+            <w:r w:rsidR="008F29E7" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>nan p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">öytäkirjat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31319C1E" w14:textId="342CD6D5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1958–1992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="573F09FB" w14:textId="373A8791" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="5B79D28D" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="5B79D28D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9B6F39" w14:textId="5B6F8583" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Metsälautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2506C4BC" w14:textId="6061E980" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1947–1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB630C6" w14:textId="2747B775" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="28E85828" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="28E85828" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="700A215C" w14:textId="0555C2D2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Metsäpellon koulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FAEB4DE" w14:textId="461FB86C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1975–2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5D7898" w14:textId="49F2E1AC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="6158C64A" w14:textId="77777777" w:rsidTr="009A31E4">
-[...90 lines deleted...]
-              <w:lastRenderedPageBreak/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="7514E424" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="620D00A7" w14:textId="4B4EE859" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
               <w:t>Mukkulan ala-aste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DEF6FD" w14:textId="2D3487C2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1975–2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FB6061A" w14:textId="5348E6C1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001505AF" w14:paraId="05965AA7" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="05965AA7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CC58C7" w14:textId="2EC96CAE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Mukkulan kansakoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7276919F" w14:textId="3EABE702" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1966–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...31 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BD7DF7" w14:textId="13C27013" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="008B00BC" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="7546DAFE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="604F7BD0" w14:textId="303EB7BE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Mukkulan lukio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="644DB599" w14:textId="711BBE93" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1956–2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="143CA306" w14:textId="506B0357" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3B01" w14:paraId="0D969CED" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="0D969CED" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF4290F" w14:textId="346BF6D9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Mukkulan yhteiskoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD7D693" w14:textId="2CE9BF4C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1950–2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754FB318" w14:textId="1E5C7FA2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>75–76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3B01" w14:paraId="0D92279C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...40 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="0D92279C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDA6C4C" w14:textId="1098AA72" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Mukkulan yhteiskou</w:t>
+            </w:r>
+            <w:r w:rsidR="008F29E7" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>lun r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>akennuspiirustuksia ja lupa-asiakirjoja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F797926" w14:textId="4B05FC64" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1966–1967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="022982F8" w14:textId="498DFD09" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3B01" w14:paraId="4EAFBF7C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="4EAFBF7C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F0AB75" w14:textId="673115F6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Mukkulan yläaste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EEAF7F" w14:textId="61247A72" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1944–2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCF8F0C" w14:textId="4F7A5FD3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3B01" w14:paraId="282251FF" w14:textId="77777777" w:rsidTr="009A31E4">
-[...25 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="282251FF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6587B8" w14:textId="24BAF786" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Musiikkilautakunta ja kaupunginorkesteri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B148192" w14:textId="79E4186E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1949–2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBBB52C" w14:textId="199A3934" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>269–271</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="0E860CBA" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0352AD6A" w14:textId="245BFA51" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Myllypohjan kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D377E7" w14:textId="6DEC4632" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1956–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CAB9BD4" w14:textId="1FA2567C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="1963AF0C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37092AE1" w14:textId="5233BC19" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Möysän koulu</w:t>
+            </w:r>
+            <w:r w:rsidR="0066371D" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> ja </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BD3E59">
-[...271 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BED9DE" w14:textId="74B0E10C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1906–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B91B93" w14:textId="54955688" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3B01" w14:paraId="57DAF0F6" w14:textId="77777777" w:rsidTr="009A31E4">
-[...95 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="242563FF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17DB13B9" w14:textId="0F0090D9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Möysän neuvola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A905123" w14:textId="23C1878F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1946–1978</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8576A5" w14:textId="527A51AA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>185</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3B01" w14:paraId="242563FF" w14:textId="77777777" w:rsidTr="009A31E4">
-[...88 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="7A50CAD3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FE7D68" w14:textId="12627C58" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Möysän peruskoulun ala-aste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...39 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1E086D" w14:textId="7A546A9F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>1975–2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E360AFF" w14:textId="73A69F20" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>261</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EE3B01" w14:paraId="7A465612" w14:textId="77777777" w:rsidTr="009A31E4">
-[...107 lines deleted...]
-            <w:r w:rsidRPr="00C86EA3">
+      <w:tr w:rsidR="00D50FA8" w14:paraId="4E1008A6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F3DECF" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB7960C" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24042519" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="1D95BF7F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E95A85B" w14:textId="28DFB315" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...120 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E68953B" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D31E11C" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="69B1E226" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FACA33A" w14:textId="28E60678" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Neuvolakortit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFEB3F9" w14:textId="1B92FB45" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1923–1953</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="124B3160" w14:textId="70BE3917" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>292–293</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B4735" w14:paraId="2071CB95" w14:textId="77777777" w:rsidTr="009A31E4">
-[...35 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="2071CB95" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3154A91A" w14:textId="27D348B3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Niemen ala-aste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E81EBF" w14:textId="6780081E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1975–1995</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF036C4" w14:textId="35C45305" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>602</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00672696" w14:paraId="39F44842" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="39F44842" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07AB6972" w14:textId="4CA11BF2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Niemen kansakoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...36 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F8FD66" w14:textId="5887BCEB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1909–40, 1905–75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1E1ABB" w14:textId="04A0121A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>77, 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00672696" w14:paraId="799968C6" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="799968C6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A451A58" w14:textId="136EBD46" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Nimistötoimikunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4810A94A" w14:textId="1A5FDA0F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1964–1988</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423B5785" w14:textId="6A3D2AB1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>53–54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00672696" w14:paraId="212A0F68" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="212A0F68" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8D380E" w14:textId="479BBFD0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Nuorisolautakunta ja -palvelut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAC629B" w14:textId="3D1A5D8A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1946–2014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="624F8EE7" w14:textId="65AA331F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00672696" w14:paraId="5CC8B2B4" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="5CC8B2B4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D546F46" w14:textId="5588459E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Nuorisovastaanotto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...144 lines deleted...]
-            <w:r>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3DA9D1" w14:textId="2425AD60" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1971–2010  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A8AB84" w14:textId="3EA87FB0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w14:paraId="4B4D56A2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="706F4465" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779FC894" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DED990" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="14319021" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6DC21C" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...46 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FBC79CC" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9967D8" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5A2B28A5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAD4118" w14:textId="4C223FA0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t xml:space="preserve">Oikeusapulautakunta </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...43 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A70392" w14:textId="348ACE89" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1963–1998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1240C751" w14:textId="58EFBF81" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B201C" w:rsidRPr="00BD3E59" w14:paraId="3133313C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="3133313C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DCF9E08" w14:textId="4EC74A56" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Oikorata Kerava-Lahti työryhmä</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EE591F" w14:textId="094236FA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22DDC74A" w14:textId="62339D14" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A004D2" w:rsidRPr="00BD3E59" w14:paraId="6D86B75C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="6D86B75C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1364A887" w14:textId="107F0362" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Okeroisten kansakoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A1F46C" w14:textId="14C3B759" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1870–1967</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2AA19C" w14:textId="4BC26F6D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A2E3A" w:rsidRPr="00BD3E59" w14:paraId="438B604F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="438B604F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6CB296" w14:textId="7EA38152" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
               <w:t>Olympiahanke Helsinki 2006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="470C0D9E" w14:textId="38FA0F0F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1998–1999</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34733A2B" w14:textId="21D89670" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A04B3" w:rsidRPr="00BD3E59" w14:paraId="451AA47F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="451AA47F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C320F3" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Opintoavustustoimikunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD3F068" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1964–1984</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BA8F5D" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A04B3" w:rsidRPr="00BD3E59" w14:paraId="5ABDC8A8" w14:textId="77777777" w:rsidTr="009A31E4">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5ABDC8A8" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A258171" w14:textId="07B8889E" w:rsidR="001A04B3" w:rsidRPr="00C45327" w:rsidRDefault="001A04B3" w:rsidP="00CD2C5F">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A258171" w14:textId="07B8889E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A65288">
-[...32 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Oppilaskortit </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE395B4" w14:textId="0DD8FBA6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1924–1996</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...27 lines deleted...]
-      <w:tr w:rsidR="00672696" w:rsidRPr="00BD3E59" w14:paraId="0EF35385" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F3096F" w14:textId="34820309" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>125–129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="549F7FAE" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...40 lines deleted...]
-      <w:tr w:rsidR="005C2E3A" w:rsidRPr="00BD3E59" w14:paraId="549F7FAE" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="152656B1" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD87E4B" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E71F3B6" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="598D2B8D" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...56 lines deleted...]
-            <w:r>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AF3545" w14:textId="4DC3E23F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...26 lines deleted...]
-      <w:tr w:rsidR="00B66B82" w:rsidRPr="00BD3E59" w14:paraId="55C39F14" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="469B7E91" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56536D19" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="55C39F14" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A30488" w14:textId="6ECB683F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Palkkalautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F19FA9" w14:textId="0C6B1F2B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1954–1974</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A86F075" w14:textId="049765DA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>200–202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66B82" w:rsidRPr="00BD3E59" w14:paraId="0F8C8CA0" w14:textId="77777777" w:rsidTr="009A31E4">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0F8C8CA0" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="696E822D" w14:textId="3F2B1CA2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Palokunta, pelastuslaitos ja -lautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F84EC30" w14:textId="73F654C8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1899–2003</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...19 lines deleted...]
-      <w:tr w:rsidR="00202799" w:rsidRPr="00BD3E59" w14:paraId="2E0780EA" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3965C03C" w14:textId="6333BA22" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">214 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="6EE74068" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...109 lines deleted...]
-      <w:tr w:rsidR="008A17B5" w:rsidRPr="00BD3E59" w14:paraId="267E5EB0" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD4CF12" w14:textId="70558AC0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Pienteollisuustalo Sopenkorvenkatu 9</w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> rakennus- ja LVI-piirustukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5118ECDC" w14:textId="43D41856" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1983</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44438F8F" w14:textId="3AB6656C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="68B828DC" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...129 lines deleted...]
-      <w:tr w:rsidR="00B66B82" w:rsidRPr="00BD3E59" w14:paraId="6EE74068" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BCB32B" w14:textId="34359ABA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Puistolan koulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0232414F" w14:textId="1C213DCD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1958–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D001F28" w14:textId="792EA372" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="3BF724AB" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...61 lines deleted...]
-      <w:tr w:rsidR="00B66B82" w:rsidRPr="00BD3E59" w14:paraId="08E4C2C8" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4D8EAC" w14:textId="0D414474" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Presidentti J.K. Paasikiven arkisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76674F1F" w14:textId="1BEBC952" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1947</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7453552A" w14:textId="3F970497" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5CAB6972" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...61 lines deleted...]
-      <w:tr w:rsidR="00B66B82" w:rsidRPr="00BD3E59" w14:paraId="68B828DC" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA2CF1C" w14:textId="451C1591" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Päijät-Hämeen jätelautakun</w:t>
+            </w:r>
+            <w:r w:rsidR="008D7D85" w:rsidRPr="0026010F">
+              <w:t>nan p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>öytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F03EDD" w14:textId="58032129" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2013–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A86805" w14:textId="49B07027" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>579</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="00513D64" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...64 lines deleted...]
-      <w:tr w:rsidR="00B66B82" w:rsidRPr="00BD3E59" w14:paraId="3BF724AB" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48978759" w14:textId="323D52C2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Päijät-Hämeen osaamiskeskusohjelman valmisteluryhmä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78304176" w14:textId="157310FA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1998–1999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4C4DCA" w14:textId="3F54C604" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="20E7CD96" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...61 lines deleted...]
-      <w:tr w:rsidR="00871DBF" w:rsidRPr="00BD3E59" w14:paraId="5CAB6972" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="151DABF4" w14:textId="64FE2D59" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Pääkirjaston vihkiäiset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5A6045" w14:textId="13CCAD84" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1990</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2C0C7C" w14:textId="058FAF7F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00CD0612">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="3523B478" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...62 lines deleted...]
-      <w:tr w:rsidR="008A508B" w:rsidRPr="00BD3E59" w14:paraId="00513D64" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E416F5D" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5A1B47" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED53A20" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="16D07C46" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...383 lines deleted...]
-            <w:r>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F8EE53" w14:textId="5C4F217B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00BF5D73" w:rsidRPr="00BD3E59" w14:paraId="635816A8" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03DBDABF" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="246376C7" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="635816A8" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...34 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9F591E" w14:textId="20F98774" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Rahastot</w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>juhla-, tuki- ja lahjoitusrahastot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2A8A86" w14:textId="26B01B36" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1997–2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...19 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="73F6B092" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6110FA1D" w14:textId="34EBD55A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00590092" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>567</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="73F6B092" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CE6D6F" w14:textId="62C462BE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Rahatoimikamari</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...65 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="4368704F" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7148E56E" w14:textId="4D75B980" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1902–1935</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1496B050" w14:textId="13BB40EF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">4–6 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="4368704F" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...70 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="3C4B1ED1" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="286BFA12" w14:textId="19FD5EE1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Rahatoimisto</w:t>
+            </w:r>
+            <w:r w:rsidR="003B4CDC" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Lahden talouspalvelut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51654DBE" w14:textId="628B2355" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1916–200</w:t>
+            </w:r>
+            <w:r w:rsidR="004F55D2" w:rsidRPr="0026010F">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36645D9F" w14:textId="1CF86C1B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00FE529C" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">51, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>95–11</w:t>
+            </w:r>
+            <w:r w:rsidR="004F55D2" w:rsidRPr="0026010F">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>, 567</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="3C4B1ED1" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...35 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CF8257" w14:textId="5ADB27AF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B4CDC" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kirjanpito</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD68BA" w:rsidRPr="0026010F">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> tase-erittelyt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C7F775" w14:textId="185FAB6A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1969–2001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...34 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="5AF4E822" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6D11A7" w14:textId="4D1BA9A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>114–115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5AF4E822" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...57 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="144BDBC9" w14:textId="7CADD115" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B4CDC" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kunnallisverojen kantokirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3B7D38" w14:textId="3F7EE358" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009E2C5E" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1916–1958</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3FA6F6" w14:textId="4B30158F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>95–96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="6D334BEF" w14:textId="77777777" w:rsidTr="009A31E4">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="6D334BEF" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...35 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5549A46B" w14:textId="7C56FDBD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B4CDC" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Päättyneet sopimukset </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0535870C" w14:textId="377E8F39" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1977–2008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="718A9998" w14:textId="0D493EE6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="4A88BCA0" w14:textId="77777777" w:rsidTr="009A31E4">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="4A88BCA0" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...35 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="744BACC1" w14:textId="353658B2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B4CDC" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Talousarvioasetelma ja tilikartta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="162F542A" w14:textId="3F028FC5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1990–2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...20 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="661E348C" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BC800A" w14:textId="575E3779" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>113–115, 567</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="661E348C" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...35 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="736E8B6F" w14:textId="615CB690" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003B4CDC" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Tilityksiä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E829D7" w14:textId="0848D566" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1919–1944</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9A1B82" w14:textId="6D2F6219" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="5A137966" w14:textId="77777777" w:rsidTr="009A31E4">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5A137966" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DD3AE8" w14:textId="588867AD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Raittiuslautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42297560" w14:textId="03FE4BC4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1943–1989</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B88CC53" w14:textId="4DAD519A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>92–94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="4D7E0C32" w14:textId="77777777" w:rsidTr="009A31E4">
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="54C3BF97" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...63 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="54C3BF97" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFEE0C3" w14:textId="1CD02863" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Renkomäen kansakoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53015F6C" w14:textId="4C4EAA9F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1900–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B6901E" w14:textId="3C6A389E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>85–86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="02865F36" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...72 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="02865F36" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="781B6062" w14:textId="1F4CE5C2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Riihelän ala-aste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4D7B59" w14:textId="0611C513" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1978–2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3081E6F7" w14:textId="635CBA29" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="53A73C9E" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...66 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="64A85FD8" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BF2B09" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E2ABE4" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE94FCD" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0808C76D" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...107 lines deleted...]
-            <w:r>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="347DF88F" w14:textId="74DE943D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00784CC4" w:rsidRPr="00BD3E59" w14:paraId="1B5B50DE" w14:textId="77777777" w:rsidTr="009A31E4">
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB5542C" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6B0E1A" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="38CF2923" w14:textId="77777777" w:rsidTr="5892AA04">
         <w:trPr>
           <w:trHeight w:val="306"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6379" w:type="dxa"/>
-[...427 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FEF96C" w14:textId="21A27B35" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Sairaalalautakunta </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B39AA0" w14:textId="5411B1A1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="001C2EFC" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="003E32AD" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="193F9F4E" w14:textId="020FD808" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="003E32AD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>160–161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0B60F5DD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67980CA1" w14:textId="77777777" w:rsidR="00773278" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:bookmarkStart w:id="4" w:name="_Hlk87513473"/>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Salinkallion koulu </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C8AEDA" w14:textId="74250F64" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00773278">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>(ent. Lahdenpohjan keskikoulu, Lahden keskikoulu, Launeen yhteislyseo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E8B2DE" w14:textId="5E1EEE01" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1920–2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0222C80B" w14:textId="0F62B802" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>259–260</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="01D37852" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5217F9DC" w14:textId="2CCD0C9B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Salinkallion lukio (ent. Launeen yhteislyseo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD93F0A" w14:textId="7C530C1E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1967–2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="355465D5" w14:textId="1574DCB4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>74–75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="664B85F0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4166E1E6" w14:textId="7D0426E0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Salpausselän kisat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F50DDF" w14:textId="5FEBB465" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1967–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E21EB45" w14:textId="589D51D6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="4A821175" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="403777C7" w14:textId="3DBD960D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Salpausselän lukio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFAE26A" w14:textId="5F82AF78" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1957–2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CCBD2B" w14:textId="78D981B5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="4781B961" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F6CC4E" w14:textId="62A381FD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Salpausselän peruskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5808A8CC" w14:textId="6D18B391" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F40797E" w14:textId="4FF4F546" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="427CAF7C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2688A5" w14:textId="3C1A8206" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Salpausselän yhteiskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5354DBDC" w14:textId="0240199F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1957–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7983706B" w14:textId="1257DA8E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="41D38B0F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52472D9D" w14:textId="03F08103" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Servio </w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>iivouspalvelut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FADD048" w14:textId="277D591E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1987–2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1C1162" w14:textId="50C8C0B5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>562</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="569B007D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D318E7" w14:textId="49EA2A64" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Sibeliustalo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6F0D4A" w14:textId="61FA4905" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1998–2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="655DB2A3" w14:textId="4FFAF1D0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="7BC6D7E1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABDA4EA" w14:textId="46AEB356" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Sivistyslautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="386C8B70" w14:textId="1AAF17E2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2005–20</w:t>
+            </w:r>
+            <w:r w:rsidR="000244FA" w:rsidRPr="0026010F">
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="372E06C7" w14:textId="302A7970" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00992817" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>131</w:t>
+            </w:r>
+            <w:r w:rsidR="003E2C89" w:rsidRPr="0026010F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BB3AE5">
-[...11 lines deleted...]
-                <w:iCs/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="41F65CE9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D0CECF" w14:textId="34304A3B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Sosiaali- ja terveyslautakunta</w:t>
+            </w:r>
+            <w:r w:rsidR="006A6CF1" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429A890E" w14:textId="454B409D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D88BE39" w14:textId="2EC5F17F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00E96801" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">114, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F7428D" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>384–395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D758D6" w:rsidRPr="00BD3E59" w14:paraId="3B29FC31" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F018C8" w14:textId="5BBBBF13" w:rsidR="00D758D6" w:rsidRPr="0026010F" w:rsidRDefault="00D758D6" w:rsidP="00D758D6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Asiasisällön mukaan järjestyt asiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF379A3" w14:textId="4C9E26D3" w:rsidR="00D758D6" w:rsidRPr="0026010F" w:rsidRDefault="00D758D6" w:rsidP="00D758D6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="108E38E9" w14:textId="6A444E35" w:rsidR="00D758D6" w:rsidRPr="0026010F" w:rsidRDefault="00D758D6" w:rsidP="00D758D6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>389–395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="52C62F00" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEE3C2B" w14:textId="3C30607D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00A660FF" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Diaarit, rekisterit ja päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34870ACC" w14:textId="3CCF9945" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB61165" w14:textId="0337B98C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>384</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D51F3" w:rsidRPr="00BD3E59" w14:paraId="6CAB8655" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="434F4A63" w14:textId="4512472B" w:rsidR="005D51F3" w:rsidRPr="0026010F" w:rsidRDefault="005D51F3" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>- Erityisnuorisotyö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E5940D" w14:textId="421E9F22" w:rsidR="005D51F3" w:rsidRPr="0026010F" w:rsidRDefault="005D51F3" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="296D99A1" w14:textId="2BCBBC63" w:rsidR="005D51F3" w:rsidRPr="0026010F" w:rsidRDefault="005D51F3" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D758D6" w:rsidRPr="00BD3E59" w14:paraId="2A6BC5AC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2F5C3D" w14:textId="1D8631E8" w:rsidR="00D758D6" w:rsidRPr="0026010F" w:rsidRDefault="00D758D6" w:rsidP="00D758D6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
+              <w:t>- Kirjeistö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F28D23" w14:textId="40355A7D" w:rsidR="00D758D6" w:rsidRPr="0026010F" w:rsidRDefault="00D758D6" w:rsidP="00D758D6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2008–2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="691D7704" w14:textId="59DD32A5" w:rsidR="00D758D6" w:rsidRPr="0026010F" w:rsidRDefault="00D758D6" w:rsidP="00D758D6">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>389</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007075B0" w:rsidRPr="00BD3E59" w14:paraId="2A0710AF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A0BF62" w14:textId="042DBB55" w:rsidR="007075B0" w:rsidRPr="0026010F" w:rsidRDefault="007075B0" w:rsidP="007075B0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Lehtileikekokoelmat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDADD4D" w14:textId="69785816" w:rsidR="007075B0" w:rsidRPr="0026010F" w:rsidRDefault="007075B0" w:rsidP="007075B0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D68D6D9" w14:textId="48D82446" w:rsidR="007075B0" w:rsidRPr="0026010F" w:rsidRDefault="007075B0" w:rsidP="007075B0">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="46557F20" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1590480D" w14:textId="3CA5FFA6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00A660FF" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Luettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B28D6F7" w14:textId="2670F813" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CB9D11" w14:textId="56E9BEAB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>384–386</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F7428D" w:rsidRPr="00BD3E59" w14:paraId="4BCD544D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A41BDDA" w14:textId="03B19E98" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Lähetettyjen asiakirjojen toisteet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="471D3EBE" w14:textId="501DE171" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47FCE440" w14:textId="255E9D0B" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>387–388</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F7428D" w:rsidRPr="00BD3E59" w14:paraId="02EEF6B6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0387F9B2" w14:textId="316B8A1B" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Saapuneet asiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1282C2EF" w14:textId="059E0721" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7D172D" w14:textId="1A841DE2" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>388–389</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F7428D" w:rsidRPr="00BD3E59" w14:paraId="5758F602" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="623B2B86" w14:textId="514AB8D2" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Sekalaiset asiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13019D7B" w14:textId="3AA12E8D" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1955–2011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40033D71" w14:textId="54839E07" w:rsidR="00F7428D" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="00F7428D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>395</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="644F8ECC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D799D73" w14:textId="27AB6BB4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00A660FF" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E71B60" w:rsidRPr="0026010F">
+              <w:t>Sosiaali- ja terveyslautakunnan p</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>öytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9A40EE" w14:textId="3A596CB5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="0092324A" w:rsidRPr="0026010F">
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51B9E9EA" w14:textId="1CFF13DA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>386</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092324A" w:rsidRPr="00BD3E59" w14:paraId="391DF0A4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F97411" w14:textId="68A57CF3" w:rsidR="0092324A" w:rsidRPr="0026010F" w:rsidRDefault="0092324A" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="002452B0" w:rsidRPr="0026010F">
+              <w:t>Sosiaali- ja terveyslautakunnan jaoston pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E68838" w14:textId="760EEF20" w:rsidR="0092324A" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1993–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B04903B" w14:textId="34D05878" w:rsidR="0092324A" w:rsidRPr="0026010F" w:rsidRDefault="00F7428D" w:rsidP="002208EB">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>386–387</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0ED6E789" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBB44D9" w14:textId="16B0BAE2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00F2288B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Sosiaalilautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4CF8E6" w14:textId="2E09A992" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00F2288B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00B2070F" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="0006745D" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1992</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF90E9A" w14:textId="0A8C56A0" w:rsidR="00F2288B" w:rsidRPr="0026010F" w:rsidRDefault="00401F81" w:rsidP="00F2288B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">177, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2288B" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>187–192</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00BB3AE5">
-[...795 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="65F54EA4" w14:textId="78D4CD77" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00F2288B" w:rsidP="00F2288B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>380–383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A660FF" w:rsidRPr="00BD3E59" w14:paraId="1A48D669" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="299A2BD2" w14:textId="0F355F9E" w:rsidR="00A660FF" w:rsidRPr="0026010F" w:rsidRDefault="00A660FF" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Aiheettomat huoltoselostukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8FEA89" w14:textId="1485F36A" w:rsidR="00A660FF" w:rsidRPr="0026010F" w:rsidRDefault="00A660FF" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1948–1956</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E255C0B" w14:textId="71D7EAFE" w:rsidR="00A660FF" w:rsidRPr="0026010F" w:rsidRDefault="00A660FF" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="47389B8F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5525314A" w14:textId="757542A3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00A660FF" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Alkoholisti ja irtolaisasiain pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE0CFEF" w14:textId="542DDA14" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1959</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6195B473" w14:textId="4DBE8909" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0A6CECA4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="229AC11D" w14:textId="30E9D5CC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Anomukset ja selostukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25EF4D0E" w14:textId="5FDDF9B2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1918</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="686BCB8E" w14:textId="00D04348" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0967A293" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2583E000" w14:textId="5F2889AA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Arvopostikirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F35351E" w14:textId="368C6A3B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1950–1973</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4743A6ED" w14:textId="18D068DE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="49CC0B4B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36935E73" w14:textId="07682892" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Diaarit, rekisteri ja päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9B2A3C" w14:textId="54B3C8C2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1952–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B00C13" w14:textId="10299A17" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="64A436F4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="105019BD" w14:textId="767509B5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Elatustukiasiakirjat</w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>otantapäivät 8., 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF82B2B" w14:textId="44BCE887" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1963–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9D03B6" w14:textId="5CFC7E29" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>382–383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="082B74B9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CC6151" w14:textId="4FB36FE0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Elatusvelvollisten luettelo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39BE1E8B" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA6843A" w14:textId="6C10292C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="594AEBC5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB55769" w14:textId="3B924233" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Ehdollisesti tuomitut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E740B8" w14:textId="5FE26C5E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1952–1958</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27AAAA10" w14:textId="18FF88BC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="7B13DD61" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1084F819" w14:textId="7958B2DC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00005BCD" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Hallinto</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41270" w:rsidRPr="0026010F">
+              <w:t>- ja yleinen osasto pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="582E817E" w14:textId="2E9186F8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B41270" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2A9146" w14:textId="208695D9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>177</w:t>
+            </w:r>
+            <w:r w:rsidR="00B41270" w:rsidRPr="0026010F">
+              <w:t>, 189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="54C268B2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0778FF41" w14:textId="4BDFCAEE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Holhousasiakirjoja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E51390" w14:textId="34E36D5C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1927–1937</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2C68EF" w14:textId="4136E944" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="31CB6A5C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4786BDDD" w14:textId="2DF762DD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Holhousilmoitukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172E9D75" w14:textId="5EBDC36D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1966–76, 1963–85 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="725B40A2" w14:textId="21FCD10C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>192, 383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0D3E4BF4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E140A24" w14:textId="07BAAF9F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Huoltoavun huoltoselostukset</w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:t>, o</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>tantapäivät 8., 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D5E138" w14:textId="62DB5CFE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1952–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452DE887" w14:textId="11744826" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="75621601" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24728FA4" w14:textId="2CDABF89" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Huoltoeläkkeet ja rahat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59FD5C38" w14:textId="59C2501B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1941–1946</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C7C1C8" w14:textId="264DB3AF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="361CBE89" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4BE629" w14:textId="207C1CB8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Huolto-osasto </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C9A7F0" w14:textId="71DEC605" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3C4B2D" w14:textId="0A5FAD6D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188–192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="11C7E07D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B06807B" w14:textId="7B7B6A49" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Huoltolautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="037BBD4A" w14:textId="1CB31CA2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1908–1951</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1961C0" w14:textId="1E5E2521" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>185–187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="76DEC0F6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5658F4" w14:textId="24D4554A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kansaneläkkeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9F81A6" w14:textId="0D5585FB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1952–1958</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3DA48F" w14:textId="2D7C9923" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="08B6E117" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="012A98B7" w14:textId="1358186A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kassakirjoja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A316824" w14:textId="3FE52B06" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1962–1972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="347507BE" w14:textId="58642D3F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="6685C156" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58175D3D" w14:textId="5EEA5BF0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kirjeistö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1360DA8F" w14:textId="138C61FD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1982–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05AD5AEC" w14:textId="51A2CB85" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>382</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="58715F54" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4944786E" w14:textId="2F41AD34" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Köyhäinhoitoluetteloita</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CCEB67" w14:textId="13B58ADB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1950–1953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6FA748" w14:textId="03334B13" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="61433980" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A47981B" w14:textId="477A8336" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Lastenhuolto-osasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A31747" w14:textId="0CC4CE6F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–197</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20C05" w:rsidRPr="0026010F">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76C0E5F7" w14:textId="69F41E37" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F2E97" w:rsidRPr="00BD3E59" w14:paraId="37C89902" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7A1E74" w14:textId="6BC0CE37" w:rsidR="000F2E97" w:rsidRPr="0026010F" w:rsidRDefault="000F2E97" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Lastensuojeluosasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69EF372F" w14:textId="61A63319" w:rsidR="000F2E97" w:rsidRPr="0026010F" w:rsidRDefault="00D77262" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1940–1974</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1924E742" w14:textId="7523C7DB" w:rsidR="000F2E97" w:rsidRPr="0026010F" w:rsidRDefault="000F2E97" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>177, 189, 192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="205BE536" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23902048" w14:textId="554477FA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Lastenvalvoja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B334138" w14:textId="69CF8E9F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1924–2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="285A0418" w14:textId="4AB2266F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>182–185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="333CFF01" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00D4BC1B" w14:textId="3EB283FE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Luettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C40FF71" w14:textId="3A45BF19" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1938–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="649495A0" w14:textId="44B9C6C1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="27004F3A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21812EE6" w14:textId="5A12F62E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00471798" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Lähetetyt ja saapuneet kirjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F0F389" w14:textId="493241F7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–73, 1913–92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBBC1A2" w14:textId="37B1D79D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>189, 382</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5F0D7F9C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBE5DA8" w14:textId="327B9BEB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Lähteneiden kirjeiden diaarit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1BC109" w14:textId="781332FA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1950–1976</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C9494A" w14:textId="13979988" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="2F60CC55" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EC0B77" w14:textId="277B8A11" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Maalle siirrettyjen lasten luettelo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F80A90C" w14:textId="57BEEB63" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1943–1952</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E222E0" w14:textId="52592655" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="564CE93A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15EFF3A6" w14:textId="618E6B70" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Muiden kuntain velkomisia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3162ED10" w14:textId="11BF244A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1939–1966</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2D5CC6" w14:textId="6CDFD54A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="1115E134" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="370A4F83" w14:textId="6ED01D8E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Muiden kuntien Lahteen sijoittamat lapset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="219919E7" w14:textId="0BED95A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1965–1968</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09836712" w14:textId="62BA8312" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5E5DFB9A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A081EA" w14:textId="5657AE5F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Poistetut pankkikirjakortit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A4B5CB" w14:textId="2C20026A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1964–1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DEE0AD" w14:textId="63096ABB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="4"/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="6662B5A1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3EAD90" w14:textId="5293FE15" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Poistetut virka-avut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38951DF1" w14:textId="6478328C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1926–1963</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAA7BF8" w14:textId="3618351E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="7211A17C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A733141" w14:textId="6944AC7D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Postisiirtokirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50354C1A" w14:textId="200F7214" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1962–1976</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27B551D8" w14:textId="5786B145" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="04DFBADE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA36AC3" w14:textId="5834E0A3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E438CE4" w14:textId="3D830D20" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1952–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2080B656" w14:textId="722CE83B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>381–382</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="10350EA5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBFDB05" w14:textId="6F3AA563" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Saapuneet asiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01424848" w14:textId="149AD19E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1961–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DB9020" w14:textId="047F67AA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>382</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="37971FF0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A67261" w14:textId="50BC9AC8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Saapuneiden kirjeiden diaarit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7EEF19" w14:textId="07C9DA51" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A74F3A" w14:textId="39DED6FE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="2020F13C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="189B36DE" w14:textId="13C87927" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Sekalaisia asiakirjoja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="159496A7" w14:textId="1044FB13" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1945–63, 1946–92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00643A65" w14:textId="7C29D4D2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>191, 383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="0CEF03B5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E16ADC5" w14:textId="010F5953" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Siirtoväen huolto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77156223" w14:textId="1A4213A9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1941–1948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A62D76C" w14:textId="73F8EEB1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>187–188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="48F51543" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1D8713" w14:textId="41627155" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Sosiaalialennusvoin hinnanalennuskorttien saaja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D3AA69" w14:textId="709A3BB1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1969–1970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213D5510" w14:textId="61F09C2B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="4B5DE91A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="640AF5AB" w14:textId="107E51E4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Sotaorpoluettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="137F9F3A" w14:textId="6F611551" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1942–1959</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="220C4273" w14:textId="7114CA35" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>188</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="7E7C3096" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5A89E9" w14:textId="175ADAFD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Sotilasavustuskortit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="126964EC" w14:textId="5BD05253" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1954–1974</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70516AD4" w14:textId="07D9841C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="0F401872" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C48C48" w14:textId="1169BFBD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Talteen otettu omaisuus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4672BB" w14:textId="398381F2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1956–1964</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAC6233" w14:textId="02821BBD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="75B418E7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D587F74" w14:textId="47E668A3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Tilikor</w:t>
+            </w:r>
+            <w:r w:rsidR="003B10EC" w:rsidRPr="0026010F">
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>it</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="671E4A72" w14:textId="0E369322" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1963–1972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="101AF84B" w14:textId="2F5CEBB7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="3A038B50" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9CE72F" w14:textId="0BDA1824" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Tyttöjen ammattioppilaskodin asiakaskortit</w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 8., 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="775DC3C6" w14:textId="33567CA4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1956–1987</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="632C6AA1" w14:textId="50F708AF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="00313F2F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B41E104" w14:textId="15EF9EE4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Valokuvia ja lehtileikkeitä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59623EE7" w14:textId="09ADD68D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1958–2001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="291405DA" w14:textId="5CE1546E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="69D168E6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40460F6A" w14:textId="71D0E208" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Vanhentuneet keskeneräiset selostukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACA3A36" w14:textId="0C4F583E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1944–1953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B280841" w14:textId="368395A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="5DD16616" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DC01C1" w14:textId="3C875E44" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Välitystili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="573BF758" w14:textId="6BFBCE80" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1948–1968</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328CC795" w14:textId="197818C4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>190</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="1008923A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F77400" w14:textId="77A80AC9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="005D12E3" w:rsidP="00A660FF">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Yleisen osaston pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6529F3DF" w14:textId="3D4C80D6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1951–1972</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="157DA3FB" w14:textId="3AF76B0F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>189</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="4E08D6FC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0710BB" w14:textId="40D2E5B5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Sosiaalisen apulaiskaupunginjohtajan päätösluettelot </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D19A0F1" w14:textId="75C320A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1971–1986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3FEA36" w14:textId="59C78C17" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="4AC5A0EB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1442DD6B" w14:textId="3A73671C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Strategiat hallinnon ja palveluiden sopeuttamistoimikunnan toiminnasta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643515AE" w14:textId="414CDD4B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1994</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="638D9CCF" w14:textId="2F1AF4A9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337471" w:rsidRPr="00BD3E59" w14:paraId="7BC6D7E1" w14:textId="77777777" w:rsidTr="009A31E4">
-[...5383 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="62229352" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFAEBF5" w14:textId="43E98754" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Suurlähettiläs- ja ministerivierailut</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...32 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="773ACF19" w14:textId="298E3106" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1996–05, 1995–01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2627DBA8" w14:textId="265F1EB4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E27034" w:rsidRPr="00682BD3" w14:paraId="23E08F41" w14:textId="77777777" w:rsidTr="009A31E4">
-[...92 lines deleted...]
-          <w:p w14:paraId="5DCD5DA4" w14:textId="27956BCD" w:rsidR="00E27034" w:rsidRDefault="00E27034" w:rsidP="00B47E97">
+      <w:tr w:rsidR="009422F9" w:rsidRPr="00682BD3" w14:paraId="3CF3EF27" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="086AFEDF" w14:textId="77777777" w:rsidR="009422F9" w:rsidRPr="0026010F" w:rsidRDefault="009422F9" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC07846" w14:textId="77777777" w:rsidR="009422F9" w:rsidRPr="0026010F" w:rsidRDefault="009422F9" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D2BEF0" w14:textId="77777777" w:rsidR="009422F9" w:rsidRPr="0026010F" w:rsidRDefault="009422F9" w:rsidP="005D12E3">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00682BD3" w14:paraId="297FD184" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCD5DA4" w14:textId="27956BCD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...60 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8E396A" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3D735F" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="42C14198" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C3CC27" w14:textId="611F9334" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Taideinstituutti</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2A14" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Taidekoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7BB7FB" w14:textId="44653DD0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1972–1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="214DDA6D" w14:textId="7B01378A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>624</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B47E97" w:rsidRPr="00F22442" w14:paraId="53635F50" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="53635F50" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFE2E54" w14:textId="78BCA74F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Taiderahaston johtokunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5443F247" w14:textId="786B7D67" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1957–1981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB27C9D" w14:textId="4EB6D46C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B47E97" w:rsidRPr="00F22442" w14:paraId="11960BCA" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00F22442" w14:paraId="11960BCA" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="264C5675" w14:textId="570024C0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Taksoituslautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="599D8A8A" w14:textId="3B8EBAB5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1920–1960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD8A747" w14:textId="6D9D8D3D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>218–224</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B47E97" w:rsidRPr="00C34343" w14:paraId="03A0C3E5" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00C34343" w14:paraId="03A0C3E5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="444EF250" w14:textId="5040550B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Talkoourheilutoimikunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B2CE2A" w14:textId="4F0B78D0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1972–1984</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9BF8B4" w14:textId="06269A09" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B47E97" w:rsidRPr="00BD3E59" w14:paraId="4A5F6A38" w14:textId="77777777" w:rsidTr="009A31E4">
-[...41 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="4A5F6A38" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4987EC00" w14:textId="3C4B4733" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talviolympialaiset </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E75A499" w14:textId="57FA125D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1968</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0238714E" w14:textId="0D32BFFE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5191B089" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="673FCF36" w14:textId="6FFBBA60" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Talviolympialaiset 2006-hanke</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FD462D" w14:textId="0CEA8CF5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1992–1998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3079F3FB" w14:textId="7A659808" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="469237DF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5F554E" w14:textId="0D34601F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Tapanilan vanhainkodin hoitokertomukset</w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>otantapäivät 8., 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5861CF" w14:textId="2951D124" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1931–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AD1F30" w14:textId="5AD2F3B0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>383</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="0B16C858" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF6A2D6" w14:textId="76F5FE29" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Tasavallan Presidentin vierailut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D1B8EB" w14:textId="058FB93C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1987–2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FAFECA8" w14:textId="6B0C8B33" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00FF639C" w14:paraId="37CA0C79" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="497AB89E" w14:textId="1B61AD7D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Teatterilautakunta ja kaupunginteatteri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="040960D1" w14:textId="0D496530" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1957–1983</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D3D61D" w14:textId="53BB8E92" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">90–91 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00FF639C" w14:paraId="6370C098" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="028893E0" w14:textId="07300587" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Teivaan kongressi- ja konserttikeskus sekä toimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9D9DC4" w14:textId="1E46E040" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1989–90, 1994–98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BA342F" w14:textId="3F2761D6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00FF639C" w14:paraId="3F5AAB4B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECB8346" w14:textId="1B6D1176" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Teknillisen apulaiskaupunginjohtajan päätösluettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10780CC5" w14:textId="3BB56720" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–1996</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="688E8A40" w14:textId="0A430DDB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="641C48ED" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4D5433" w14:textId="0034199E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00431A1F" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Tekninen virasto, Tekninen ja ympäristötoimiala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA404FC" w14:textId="5D2ED1C4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C06CF4" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1919–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01603D4C" w14:textId="58407752" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00E96801" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">533–558, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C06CF4" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>569–606</w:t>
+            </w:r>
+            <w:r w:rsidR="001C50DE" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...158 lines deleted...]
-              </w:rPr>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="4FC4FC24" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6425EB" w14:textId="22CB7205" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00431A1F" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Arkkitehtiosasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390F98EA" w14:textId="7A26B488" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1936–1949</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="266A1C1B" w14:textId="2508C655" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="5FCEC4E4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDB7205" w14:textId="31EC826B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00431A1F" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Asuntotoimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39B21CC2" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01060A88" w14:textId="2C7E1441" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>574, 603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="18B85668" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2372F1" w14:textId="58747363" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Diaari</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FD838E" w14:textId="06426A1C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1949–1998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78ACD019" w14:textId="3CED5837" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>572–573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="4C1B0E8E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E61E4A2" w14:textId="772D34BC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>EU-hankkeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8CEB65" w14:textId="23952215" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452F8C02" w14:textId="47F146BC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>574</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00007B94" w14:paraId="75F51044" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B44002" w14:textId="54760520" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Henkilöstölehdet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22086631" w14:textId="652F4914" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1991–2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37453AFF" w14:textId="621364D9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>580</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="4D260979" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C268E68" w14:textId="3BFBE96E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Ilmakuvakartat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E31F6B5" w14:textId="14A07D89" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD2702B" w14:textId="2569993C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>597</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="1713190C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="148112FA" w14:textId="38CD8CD4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Katukatselmuspöytäkirjat (A-Ö)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C1CDFF" w14:textId="6688202D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44088CEC" w14:textId="2A6CB6F4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>599</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="7A4FBF17" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B51A1A" w14:textId="66B2DF72" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Katumaksukortit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B7078E" w14:textId="297FB6C9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A9773A" w14:textId="239405B4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">596–597  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="71C30497" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0893278A" w14:textId="7B3EF9DB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Katusuunnitelmat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10608D23" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63132D70" w14:textId="750C29C3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">599–601 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="2120D5A6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48983E2E" w14:textId="5074C016" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kaupunkisuunnitteluvirasto ja -lautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13964C0C" w14:textId="5CE4A962" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1970–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F019F7" w14:textId="57F39F4E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>582–583, 606</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="7995B5B5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB6B613" w14:textId="75403389" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kirjeistö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1873D517" w14:textId="3204A164" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1919–2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC29332" w14:textId="76B04980" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>569–572</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="407B455C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C9C7DB" w14:textId="72485A79" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lehtileikkeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5604EB28" w14:textId="12F7089C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1949–50, 1954–02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BE4C21" w14:textId="4F97E927" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>580</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="55904815" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10344C93" w14:textId="60B48EF2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Lohkomisasiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="416A5B4D" w14:textId="235FE17C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="283D5FC8" w14:textId="40C91E05" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">589–594  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="3C4A2334" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3390E459" w14:textId="7638BEA2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lopetetut diaarikortit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58950452" w14:textId="30F4A985" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1989–1999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D39D65" w14:textId="35182969" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>580</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="16425F45" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32428798" w14:textId="74EEF22F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Maankäyttö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D589BE0" w14:textId="4E3DDABF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1908–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B60A90F" w14:textId="35FDB352" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>584–586</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="1C9D283C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D7CE2C" w14:textId="2EB81407" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Maapohjatutkimukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0D4D85" w14:textId="30510F04" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4563B17F" w14:textId="69647B9A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">597–599 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="3CEFE00C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A1895D3" w14:textId="7EA679A5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Metsälautakunnan pöytä- ja asiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C38AD32" w14:textId="6D0952BB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1933–1948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3559466F" w14:textId="49824B98" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="0F55A42C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2FAD61" w14:textId="2DF76C70" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Päivittäiset diaarikortit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="231B3423" w14:textId="213312DC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1994–1999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ABEAA5" w14:textId="3F675611" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>581–582</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="0277D807" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C36046" w14:textId="2E24F2EB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Rakennusvalvonta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F512D27" w14:textId="16B6A2E2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1910–2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783E20A8" w14:textId="779384AD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>533–558</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="16A43056" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28802625" w14:textId="2C3909C0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Teknisen lautakunnan pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57441D66" w14:textId="75502049" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1946–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B28C897" w14:textId="1DF38F13" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>575–579</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="17BBEC7C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDDB0E6" w14:textId="2F5B0848" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Terveydensuojelu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD86763" w14:textId="3A00D453" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1985–2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C02EFF1" w14:textId="0F7779DA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">602–603 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="1D1D2C31" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FDE896" w14:textId="5081E5A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Terveysvalvonnan ja ympäristöasiain lautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D082A1" w14:textId="0629890C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1993–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3046E8" w14:textId="4F321CA5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>586</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="7E2C5F86" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59453B46" w14:textId="69594237" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Tielautakunnan pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFFD5B4" w14:textId="5579AD83" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1963–1988</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B63C19" w14:textId="4EED39D2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>586</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="440095A8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3132B084" w14:textId="46AC35D9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Tilakeskuksen hallinnoimat rakennukset</w:t>
+            </w:r>
+            <w:r w:rsidR="00325FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>pääpiirustukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AA79BF" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="270D4AF0" w14:textId="4BEF5753" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">604–605 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="7F22701C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="492EA508" w14:textId="63C82279" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Toimintakertomukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7DF1E9" w14:textId="6DBB08D3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1950–1970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B62E7F" w14:textId="63262A7F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="0A0DC232" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D50757" w14:textId="28E01C12" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Tonttien asiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2287665B" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6E6B0E" w14:textId="1675F61E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">587–589 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="60136AF5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="794A71A2" w14:textId="2CAFEF7E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Tupakkalain siirtymäajan mukaiset päätökset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F646CB" w14:textId="71DDCA26" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E06A5CB" w14:textId="64A0FDE7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="64529B44" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="187EE87F" w14:textId="747360AE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Tunnelit, sillat (yli- ja alikulku) ja satamat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57AA0436" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30706EAC" w14:textId="4CB56708" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">601–602 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="4AA23B1A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CE332D" w14:textId="0124006F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Työkortisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="198E36B8" w14:textId="426414A4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1949–1954</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD5DD93" w14:textId="1478A8CE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>580–581</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="54791ECB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5D9E47" w14:textId="45A4AE74" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Valvonta- ja ympäristökeskus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088DD360" w14:textId="06C3BDB5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1989–2012 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F2CB96" w14:textId="57BE8980" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>574</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="6AA34C24" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11EE39CA" w14:textId="00EF855C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Vesilaitos tarkastukset, vesilaitteiden liitäminen vesijohtoverkkoon </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2BC2D6" w14:textId="181696E7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2008 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DE7E62" w14:textId="0937FAE6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="10A43CCB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4135EB22" w14:textId="2D5D0EE7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Vihersuunnitelmat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8A5F47" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7375FE28" w14:textId="611432F3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>602</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="6AFC9295" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10ED346E" w14:textId="4969E94E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Virkoihin valittujen hakemukset (A-Ö)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="770111A3" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0E8476" w14:textId="377690D7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>573, 602–603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="15F35DA2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05837CB6" w14:textId="44251D54" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Vuokrasopimukset (ennen 1920)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2053F63C" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="501A2467" w14:textId="56E4346F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>599</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="5D924F35" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF9F0B3" w14:textId="460BD824" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Yksityistietoimitukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4193DE37" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C0BFFE" w14:textId="56E7043A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>599</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="11DCD2B2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0743DDAE" w14:textId="0DF6CDF5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Yleisen alueen lohkomiset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="519C177A" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3D9728" w14:textId="6C89C325" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>595</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="6F7A53B8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9BD30B" w14:textId="71C92D86" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ympäristölautakunta ja ympäristön suojelutoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFC45B5" w14:textId="1C3A9EF7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1972–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0AFC34" w14:textId="0FF133B0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>586–587</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="48818E61" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9EF8F5" w14:textId="4E55947D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Ympäristöpalvelut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC19717" w14:textId="2C4A1772" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2002–2015 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CDF6CB" w14:textId="304F86F6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>574</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00843785" w14:paraId="054C2BBC" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA55E9C" w14:textId="403428A8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B004FE" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Ympäristön suojelutoimisto </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="592B6AB3" w14:textId="064FEB8B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1985–2014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A941BF" w14:textId="13E5272E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>603</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00B16DAB" w14:paraId="75C0661C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4746375B" w14:textId="0E2012B7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Teollistamislautakun</w:t>
+            </w:r>
+            <w:r w:rsidR="00461118" w:rsidRPr="0026010F">
+              <w:t>nan l</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>ähteneet ja saapuneet kirjeet, pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC67413" w14:textId="7E4B848C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1958–1959</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="375FEAD3" w14:textId="3228F116" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00B16DAB" w14:paraId="14BD6814" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="390F5108" w14:textId="775E8970" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Terveydenhoidon työryhmä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA462F8" w14:textId="2D2E29C4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1997–1998</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C758D61" w14:textId="08ED3FFD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00B16DAB" w14:paraId="642BE0D9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="711A289F" w14:textId="4C5DA670" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Terveydenhoitolautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13953DB2" w14:textId="4FF0CBC1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1909–71</w:t>
+            </w:r>
+            <w:r w:rsidR="004B4045" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00824B1F" w:rsidRPr="0026010F">
+              <w:t>1931–62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6C98B9" w14:textId="27C2A50C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>148, 150–15</w:t>
+            </w:r>
+            <w:r w:rsidR="00824B1F" w:rsidRPr="0026010F">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D3671">
-[...10 lines deleted...]
-              </w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="108F146D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DC4530" w14:textId="11E276F4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Terveyskeskuksen lisärakentaminen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5705CC" w14:textId="37FA33E0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1971–1978</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E864843" w14:textId="14A4EBEC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>157</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="049AE462" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FDC5973" w14:textId="60B8C6D4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="003C1E52">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Terveyskesk</w:t>
+            </w:r>
+            <w:r w:rsidR="00A53FC9" w:rsidRPr="0026010F">
+              <w:t>uksen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> ja kaupunginsairaala</w:t>
+            </w:r>
+            <w:r w:rsidR="00A53FC9" w:rsidRPr="0026010F">
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A53FC9" w:rsidRPr="0026010F">
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>otilaskertomukset</w:t>
+            </w:r>
+            <w:r w:rsidR="00786D08" w:rsidRPr="0026010F">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D3671">
-[...120 lines deleted...]
-              </w:rPr>
+          </w:p>
+          <w:p w14:paraId="40FB29F2" w14:textId="2BB094B9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="003C1E52">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>otantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8512A2" w14:textId="793709A3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5228DC5E" w14:textId="08DB9A59" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>364–375</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="474DD5C1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31524046" w14:textId="6EB5FA32" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Terveyslautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B787CBF" w14:textId="24A0A5D3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1910–2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18567186" w14:textId="5C1C1F1A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">161, </w:t>
+            </w:r>
+            <w:r w:rsidR="00940AD9" w:rsidRPr="0026010F">
+              <w:t>376–380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C1E52" w:rsidRPr="00BD3E59" w14:paraId="2DED68F1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3FEFA7" w14:textId="16BDC8EB" w:rsidR="003C1E52" w:rsidRPr="0026010F" w:rsidRDefault="003C1E52" w:rsidP="003C1E52">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Diaarit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D98DD1" w14:textId="0BA5F07E" w:rsidR="003C1E52" w:rsidRPr="0026010F" w:rsidRDefault="003C1E52" w:rsidP="003C1E52">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2274F2" w14:textId="7807D92D" w:rsidR="003C1E52" w:rsidRPr="0026010F" w:rsidRDefault="003C1E52" w:rsidP="003C1E52">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>376</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="501D201F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4057B1A8" w14:textId="2C224CAC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Diagnoosikortit ja hakemistot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F475C09" w14:textId="6FEFEA2D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA2B596" w14:textId="61F7B130" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>377</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="7640782C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BA77D7" w14:textId="61162BE2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Leikkauspäiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A944693" w14:textId="560C3052" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1949–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05645C95" w14:textId="431AB11C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>376</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="60258808" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6604DCC7" w14:textId="19A4F444" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Luettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6396B07B" w14:textId="3AF874F7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1910–1995</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FD57FF" w14:textId="7742824B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>377</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="16F25DF9" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0702C902" w14:textId="505CAD71" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kaupunginsairaalan 70- ja 80-vuotisjuhlamateriaali</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E60714" w14:textId="3ED2B95B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1980–1990</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63AA4A54" w14:textId="351DA59C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="7391A446" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71489546" w14:textId="77B1DF0F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kertomukset, sisäiset tiedotuslehtiset, ohjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="089390B3" w14:textId="64BA89FE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–2004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2022D6A8" w14:textId="634CC9B6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="33E9920E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE43622" w14:textId="5E130C7C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kirjeistö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FD9B5B" w14:textId="39A93C8E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="433DC634" w14:textId="2C84D599" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>379</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5685B952" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6935BCF7" w14:textId="006DBBC3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Lehtileikekokoelmat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9F2FDD" w14:textId="18A54B37" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFC0CD8" w14:textId="18433195" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="59E1D9D3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF471B9" w14:textId="108CC45C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Lähetettyjen kirjeiden jäljennökset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65BBA8BD" w14:textId="22257F8C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B453A7E" w14:textId="139AD77B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="1A2DC3F7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A594101" w14:textId="75B9B767" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Psykiatrian osastoryhmä</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>otantapäivät 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1F957C" w14:textId="731DE9B0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1947–1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB692E1" w14:textId="5D9AE7C4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="037A73A1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="082C33D5" w14:textId="7FE20C4D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Pöytäkirjat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22CD3046" w14:textId="64ADAAF8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C1A241" w14:textId="5CF486EC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>377–378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="733C4765" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7816B9AD" w14:textId="56C9EE74" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Saapuneet kirjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADE09DA" w14:textId="0679FDA0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532CA82A" w14:textId="1671E718" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>378–379</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="4F2E3ED3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66234518" w14:textId="403CB8CF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Suunnitelmat, tutkimukset, muistiot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="721EA4AC" w14:textId="097EC120" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–1982</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA05D76" w14:textId="5EC3A876" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="70D034EE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2E62D3" w14:textId="07E7B475" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Tilastot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A921E1A" w14:textId="25B2F5A6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–1991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5299C966" w14:textId="5D86BA51" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="3BE764B3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44496F46" w14:textId="796F1E98" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C11410" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Virk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">oihin ja </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>toim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>iin</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> valittujen hakemusasiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="503EB788" w14:textId="7D80FFD0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1946–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1113B3DA" w14:textId="6C695D83" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>379–380</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="78E04CD7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0F4428" w14:textId="15FB8485" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Terveyslautakunnan valvontaosasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B692F7" w14:textId="281397DC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1973–82, 1972–90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0730DECF" w14:textId="0B3BE3D3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>157–158, 396</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="08986B5C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BA7DA7" w14:textId="54AD0EFA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Tiedotustoimisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="777357AA" w14:textId="65A45C41" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BB3C7B" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1969–1980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF71975" w14:textId="181C354E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00E74F78" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E74F78" w:rsidRPr="00BD3E59" w14:paraId="31F83390" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D11B9C" w14:textId="2504B8C2" w:rsidR="00E74F78" w:rsidRPr="0026010F" w:rsidRDefault="00B20B5E" w:rsidP="00E74F78">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00E74F78" w:rsidRPr="0026010F">
+              <w:t>Lähetetyt kirjeet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1D107B" w14:textId="33B22790" w:rsidR="00E74F78" w:rsidRPr="0026010F" w:rsidRDefault="00E74F78" w:rsidP="00E74F78">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1971–1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0E0C3C" w14:textId="54A49D0C" w:rsidR="00E74F78" w:rsidRPr="0026010F" w:rsidRDefault="00E74F78" w:rsidP="00E74F78">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="5030FB1D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF0C34C" w14:textId="05447BFC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B20B5E" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Uutis- ja lehdistötiedotteita</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="628129BA" w14:textId="16CA783B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1969–74, 1976–80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="102AACB9" w14:textId="1CF6A835" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="13A9EFDE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60855781" w14:textId="13A59CB9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00B20B5E" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Tietomato</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Lahden kaupungin tiedotuslehti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="767ADF47" w14:textId="4D541784" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1991–1994</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D4AAD1" w14:textId="515DCF8B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="7BDEA44D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5E414D" w14:textId="05F22C01" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Tilapäiset toimikunnat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FBF307" w14:textId="17D319F5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1935–2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A71508" w14:textId="54577B97" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>56–60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="09FFA7EE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8C0766" w14:textId="781BB150" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Tilintarkastustoimisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0492FE" w14:textId="596E4159" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1920–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C880A4A" w14:textId="75CDD3C3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">559–561 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="001AAAA2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E52297F" w14:textId="54DE44F5" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Tiirismaan lukio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="210EC33B" w14:textId="376985ED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1908–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E647CF5" w14:textId="23399F2C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>257–258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="3E352249" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C94E591" w14:textId="7082D85F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Tiirismaan peruskoulu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0737CE96" w14:textId="4B7E972C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1976–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FCFAFB" w14:textId="4C8612C8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="016544ED" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="312CA64D" w14:textId="5A40EA54" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Tilastollisia tietoja Lahden kaupungista</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F493D8" w14:textId="791F9248" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1905–1960</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D87DF6" w14:textId="076A8C22" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="49470D2F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455E5F4B" w14:textId="6DEBFE04" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Toimialajohtajamalli</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="507A88ED" w14:textId="7888D2B6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>2002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E3CD49" w14:textId="4503293A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B47E97" w:rsidRPr="00FF639C" w14:paraId="37CA0C79" w14:textId="77777777" w:rsidTr="009A31E4">
-[...39 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="555716F5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21694BE5" w14:textId="36334AAF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Toistuvat vieraanvaraisuudet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F915859" w14:textId="36968D10" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1977–2010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F72519" w14:textId="3CB0A2DD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="18BECD71" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3E87BF" w14:textId="6B3FAEEC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työasiainlautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEA9815" w14:textId="05268F12" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1946–1957</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D93479" w14:textId="334B586B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="47C5FAD7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADC2677" w14:textId="6C8BC128" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työllisyyslautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABC88D6" w14:textId="487E15E4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1957–1960</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDA38E8" w14:textId="281A9722" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00BD3E59" w14:paraId="599164A1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7D70CB" w14:textId="43F8CA55" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työllisyystoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="495CF4E9" w14:textId="3A76FCEA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1996–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2C6E55" w14:textId="01D17547" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="792904EA" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BDE6303" w14:textId="77A87615" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="_Hlk91761632"/>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työnvälityslautakunta</w:t>
+            </w:r>
+            <w:r w:rsidR="00D84C5F" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> ja -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>toimisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D895025" w14:textId="095461ED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1919–1961</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D45E0E" w14:textId="053D672A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>216–217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="008A4069" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="555364D0" w14:textId="31623E13" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työsuojeluvaalitoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4F628A" w14:textId="20F432D3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1972–2013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F844650" w14:textId="534E8CE9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D84C5F" w:rsidRPr="004C67B8" w14:paraId="6F7D0BA8" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A48B8A5" w14:textId="32AC8302" w:rsidR="00D84C5F" w:rsidRPr="0026010F" w:rsidRDefault="00D84C5F" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työterveys Wellamo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E05814" w14:textId="24314B7D" w:rsidR="00D84C5F" w:rsidRPr="0026010F" w:rsidRDefault="00BB3C7B" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1973–2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="139FAB58" w14:textId="3E0FAE4B" w:rsidR="00D84C5F" w:rsidRPr="0026010F" w:rsidRDefault="00BB3C7B" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>330–354</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="0F65BB6D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B9F20A" w14:textId="01227BED" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työttömien naisten työttömyystoimikunta ja ammattikurssit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02871D6A" w14:textId="50A19AF2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1930–1932</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14800C54" w14:textId="62C20EDA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="690432EE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="154D2E55" w14:textId="49C0B256" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työttömyyshuoltotoimikunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF723E2" w14:textId="008671BA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1937–1944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40286700" w14:textId="40C58FF0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>218</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="23C13075" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779E57DE" w14:textId="762FB9D6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työttömyyslautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="109DE9AB" w14:textId="1FF92F45" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1933–1936</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="151A0F14" w14:textId="35972C87" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="5A4898A5" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B028EF8" w14:textId="7A794047" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työtupa</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">Kansanapu </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C33C16B" w14:textId="63021824" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1942–1951</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4890137E" w14:textId="62650FDE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="53DFFF2B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6846D2" w14:textId="0E32976F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työvoimalautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A71B437" w14:textId="45E82868" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1939–1944</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="571B7839" w14:textId="766308A0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="103DC785" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C5D58C" w14:textId="504EE313" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Työväenopisto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9E0C8F" w14:textId="1AF5D32C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>19</w:t>
             </w:r>
-            <w:r>
-[...826 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00FC1993" w:rsidRPr="0026010F">
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD42DE" w:rsidRPr="0026010F">
+              <w:t>2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4054CCB3" w14:textId="25459C14" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>87</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD42DE" w:rsidRPr="0026010F">
+              <w:t>, 268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C5923" w:rsidRPr="004C67B8" w14:paraId="528DF525" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D29587E" w14:textId="57536848" w:rsidR="006C5923" w:rsidRPr="0026010F" w:rsidRDefault="006C5923" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>- Arkisto</w:t>
+            </w:r>
+            <w:r w:rsidR="00111345" w:rsidRPr="0026010F">
+              <w:t>- ja irtaimisto</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>luettelo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1634B869" w14:textId="746771A0" w:rsidR="006C5923" w:rsidRPr="0026010F" w:rsidRDefault="00111345" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1945</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F93576D" w14:textId="043276C2" w:rsidR="006C5923" w:rsidRPr="0026010F" w:rsidRDefault="00111345" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="165B0583" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA61E95" w14:textId="7EF4DACE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="0080520E" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Ilmoitukset työkauden alkamisesta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52F01B63" w14:textId="77268642" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1954, 1955–70,</w:t>
+            </w:r>
+            <w:r w:rsidR="007A7677" w:rsidRPr="0026010F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...3566 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6057761C" w14:textId="25273786" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="2E381CD0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A78A066" w14:textId="58E2969A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C86C98" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Johtokun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nan </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>pöytäkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AE1E7B" w14:textId="581A5BD9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BF78B1" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1920–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D41BB7" w14:textId="5C868A67" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00BF78B1" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">87, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="25A42D43" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0638132F" w14:textId="68574893" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C86C98" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Lehtileikkeitä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30449810" w14:textId="0F37B6D8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1954–1955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="528A7B2C" w14:textId="5115C316" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B68C2" w:rsidRPr="00AE04CB" w14:paraId="41A4EA0E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E0D54D" w14:textId="50DC81E0" w:rsidR="006B68C2" w:rsidRPr="0026010F" w:rsidRDefault="006B68C2" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>- Merkintä</w:t>
+            </w:r>
+            <w:r w:rsidR="006C5923" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>- ja päiväkirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D63B5D4" w14:textId="37F9AC32" w:rsidR="006B68C2" w:rsidRPr="0026010F" w:rsidRDefault="009B04B8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1920–1965</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45434B19" w14:textId="11BEB62F" w:rsidR="006B68C2" w:rsidRPr="0026010F" w:rsidRDefault="006C5923" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00926C1B" w:rsidRPr="00AE04CB" w14:paraId="4E2E00FB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2C7FB2" w14:textId="296F90FC" w:rsidR="00926C1B" w:rsidRPr="0026010F" w:rsidRDefault="00926C1B" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>- Saapuneet asiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2B8DA0" w14:textId="7060CA14" w:rsidR="00926C1B" w:rsidRPr="0026010F" w:rsidRDefault="008D2C7C" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1919–1965</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE53BA5" w14:textId="6806179F" w:rsidR="00926C1B" w:rsidRPr="0026010F" w:rsidRDefault="00F878D1" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="4EE83B55" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52111C33" w14:textId="3DCDE809" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C86C98" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Talousarvioehdotukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7573A9EA" w14:textId="582E17A7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1924–1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="714A6A98" w14:textId="4AE9FE68" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="2A67CDEF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="246F047C" w14:textId="2AEA536F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C86C98" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Toimintakertomukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="520BE043" w14:textId="408B82E6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
-            <w:r>
-[...1493 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="009B04B8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>–1955</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA754AA" w14:textId="2AD08439" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="009B04B8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">87, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="67B7DFBF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B120E85" w14:textId="73C9900C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C86C98" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Toimintakertomukset (painetut)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC40BB5" w14:textId="0C1FD61F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1920–1986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="420227A6" w14:textId="3EE700D1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="641FF03F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="108F04CB" w14:textId="4903A194" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C86C98" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Toimintakertomusten ja tilastojen tositteet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B7A8BA" w14:textId="59CE4A27" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1975–1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D0BE42" w14:textId="3F172805" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>268</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED5421" w:rsidRPr="00AE04CB" w14:paraId="1DB87DAA" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A837DED" w14:textId="3D50A0FC" w:rsidR="00ED5421" w:rsidRPr="0026010F" w:rsidRDefault="00ED5421" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>- Toimitteet</w:t>
+            </w:r>
+            <w:r w:rsidR="00926C1B" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (kirjejäljennökset)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2182DB2B" w14:textId="79FDFD75" w:rsidR="00ED5421" w:rsidRPr="0026010F" w:rsidRDefault="008D2C7C" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1924–1948</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="341ED404" w14:textId="5E0059A7" w:rsidR="00ED5421" w:rsidRPr="0026010F" w:rsidRDefault="00926C1B" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="165B0583" w14:textId="77777777" w:rsidTr="009A31E4">
-[...58 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="233638BD" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="697E98BD" w14:textId="4AF71BF9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00C86C98" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vuosikertomukset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B68B50" w14:textId="6CD12EFD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1987–2000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0B512E" w14:textId="76671657" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>268</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="2E381CD0" w14:textId="77777777" w:rsidTr="009A31E4">
-[...629 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="2D6AB03A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="757E2320" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="031675CB" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB1A745" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="46977708" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="359FBD8B" w14:textId="2A48387B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...38 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C374C9F" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00834269" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="40091DEF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAE4020" w14:textId="38F8415A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00464ADA">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>UBC (Union of the Baltic Cities)</w:t>
-[...19 lines deleted...]
-              </w:rPr>
+              <w:t>UBC</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Union of the Baltic Cities</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADEE877" w14:textId="49070AC1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1997–1998</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7488D2BA" w14:textId="22BDCC69" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="6531B41E" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="6531B41E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B86FEA" w14:textId="2FAB9BE1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Urheilulautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AA4AF5" w14:textId="6587CE5E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1934–1980</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0A88E0" w14:textId="2604DEDE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>91–92</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="09B157A7" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="09B157A7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="134C48C6" w14:textId="569B5B21" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Uusi-Fiilis projekti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="709084A1" w14:textId="6D13AA1F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2001–2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="733D173C" w14:textId="7C104AE3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="1908179E" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="1908179E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C16D72" w14:textId="23E6A1A6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:lastRenderedPageBreak/>
               <w:t>Uusi Kunta-kuntajakoselvitys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45906DBA" w14:textId="61D41D37" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2008–2010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CE6511" w14:textId="2171C4DD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="4B7543BD" w14:textId="77777777" w:rsidTr="009A31E4">
-[...100 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="61575A69" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FD8D55" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5423B651" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7916235B" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="6ABF6FF0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2616D6E3" w14:textId="2AD6DE9D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...106 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="553E9017" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2AA316" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="4A1BA84E" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEF3E72" w14:textId="4D5B1208" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Valokuvakokoelma ja -luettelo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="773B91B9" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43525F37" w14:textId="62715DEC" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>317</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="535E7BA7" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CF0765" w14:textId="2F6A6A95" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Valtiollisten vaalien keskusvaalilautakunta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5BA3A1" w14:textId="2087A063" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1969–1970</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A12D95" w14:textId="0E20A9AB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="431F4CDF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D8DAF9" w14:textId="1619C556" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Valtuustokysymykset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22553B2E" w14:textId="75B44144" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1985–2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACC1A72" w14:textId="1F38C36B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="4A1BA84E" w14:textId="77777777" w:rsidTr="009A31E4">
-[...211 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="553D26CA" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="102B22B0" w14:textId="4CE349A6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Valtuustoryhmien puheenjohtajalounaiden asiakirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DE731B" w14:textId="468D3541" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1975–1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF2C35A" w14:textId="3240D12F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="1F287CCF" w14:textId="77777777" w:rsidTr="009A31E4">
-[...83 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="1F287CCF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="398C0E82" w14:textId="0EC58D15" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Vammaishuol</w:t>
+            </w:r>
+            <w:r w:rsidR="00253C20" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">lon </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>huoltokertomuksia</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 8., 18., 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1575A1" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4E8A9D" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="3380316F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A79B974" w14:textId="246A048F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Vammaisneuvosto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACC8ECD" w14:textId="123DB233" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1990–2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="748F2B61" w14:textId="63EA169B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="28330464" w14:textId="77777777" w:rsidTr="009A31E4">
-[...67 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="28330464" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6788F9E0" w14:textId="74C90EF0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Vammaispalvelujen ja kehitysvammaisten erityishuollon asiakasasiakirjat</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:t>, o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>tantapäivät 8., 18. ja 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE705AE" w14:textId="73E49969" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:r w:rsidRPr="0026010F">
               <w:t>1986–1992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D1AEFE" w14:textId="3936D90D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:r w:rsidRPr="0026010F">
               <w:t>383</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="1D3F6E21" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="1D3F6E21" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D5A0FA" w14:textId="5B491321" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Vanhusneuvosto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188D70F6" w14:textId="1D6FBF58" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2007–2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0533548E" w14:textId="630C4B17" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="3C0EED5F" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00780917" w:rsidRPr="00AE04CB" w14:paraId="458D0B82" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4365DEB2" w14:textId="35514B9F" w:rsidR="00780917" w:rsidRPr="0026010F" w:rsidRDefault="00780917" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Vapaan huollon keskus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="361D1A72" w14:textId="6EF66A29" w:rsidR="00780917" w:rsidRPr="0026010F" w:rsidRDefault="00086DF6" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1939–1953</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="158C61B5" w14:textId="373D19B4" w:rsidR="00780917" w:rsidRPr="0026010F" w:rsidRDefault="00A4282D" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="3C0EED5F" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF99A93" w14:textId="2E292917" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00780917" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Kirjeenvaihto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64ABD989" w14:textId="28B055E7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1939–1951</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC53855" w14:textId="16990765" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="652FFBDF" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="652FFBDF" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3729C3AC" w14:textId="1453F789" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00780917" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kortisto lahtelaisista (A-Ö)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58447E4A" w14:textId="7A453DF8" w:rsidR="00086DF6" w:rsidRPr="0026010F" w:rsidRDefault="00086DF6" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1942–1951</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56ADD0CC" w14:textId="04CD7DE3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="6C77A56C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...56 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="6C77A56C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BFB0CF" w14:textId="2490F9C3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00780917" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Kortisto siirtoväestä, sotalesket, orvot ja sotainvalidit (A-Ö)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EEA620" w14:textId="0CD72042" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00086DF6" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1942–1950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02680AEC" w14:textId="2C991206" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="30E8D683" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="30E8D683" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E1ECA6" w14:textId="38DAA9C6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00780917" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Tavaran ja varojen jakoluettelot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0740649D" w14:textId="11E16C30" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1940–1947</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C609960" w14:textId="50CD225F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="3E521C89" w14:textId="77777777" w:rsidTr="009A31E4">
-[...37 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="3E521C89" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="247FFA81" w14:textId="734433EF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00780917" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Tiliasiakirjat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CB9E92C" w14:textId="71C1AE3E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1939–1952</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="633333AB" w14:textId="16F899A1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="32CC367B" w14:textId="77777777" w:rsidTr="009A31E4">
-[...51 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00ED0DFD" w:rsidRPr="00AE04CB" w14:paraId="503356CE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A476ACB" w14:textId="22419507" w:rsidR="00ED0DFD" w:rsidRPr="0026010F" w:rsidRDefault="00ED0DFD" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>Varhaiskasvatus</w:t>
+            </w:r>
+            <w:r w:rsidR="00501FD1" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>päivähoit</w:t>
+            </w:r>
+            <w:r w:rsidR="00501FD1" w:rsidRPr="0026010F">
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="00041DCA" w:rsidRPr="0026010F">
+              <w:t>, lastentarhat)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D8EA6E" w14:textId="3BB53F0E" w:rsidR="00ED0DFD" w:rsidRPr="0026010F" w:rsidRDefault="00B934EF" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00041DCA" w:rsidRPr="0026010F">
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>–201</w:t>
+            </w:r>
+            <w:r w:rsidR="00041DCA" w:rsidRPr="0026010F">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA63B07" w14:textId="6062BE43" w:rsidR="00ED0DFD" w:rsidRPr="0026010F" w:rsidRDefault="00041DCA" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">185, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B934EF" w:rsidRPr="0026010F">
               <w:t>319</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="373508B1" w14:textId="77777777" w:rsidTr="009A31E4">
-[...69 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="32CC367B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="506A1CD1" w14:textId="41F3F603" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00ED0DFD" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t>Hakemukset virkoihin ja toimiin A-Ö</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E07152" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A67FFC6" w14:textId="597A5DEE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00041DCA" w:rsidRPr="00AE04CB" w14:paraId="33534D35" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A40FE1" w14:textId="1F8141BE" w:rsidR="00041DCA" w:rsidRPr="0026010F" w:rsidRDefault="00477C24" w:rsidP="00041DCA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00041DCA" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Möysän lastentarha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3101CA96" w14:textId="20F0BDD4" w:rsidR="00041DCA" w:rsidRPr="0026010F" w:rsidRDefault="00041DCA" w:rsidP="00041DCA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1924–2017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC5978A" w14:textId="4EAF31AD" w:rsidR="00041DCA" w:rsidRPr="0026010F" w:rsidRDefault="00041DCA" w:rsidP="00041DCA">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="373508B1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79706E35" w14:textId="78C7A62E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00ED0DFD" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Perhepäiväh</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>oidon asiakasasiakirjat</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 8., 18. ja 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6940CEBA" w14:textId="6FB518BE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>2001–2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7647AFED" w14:textId="7ECAEE04" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>319</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="611A0A94" w14:textId="77777777" w:rsidTr="009A31E4">
-[...111 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="611A0A94" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7576644E" w14:textId="4C8C126B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00ED0DFD" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve"> Päivä</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>hoidon asiakasasiakirjat</w:t>
+            </w:r>
+            <w:r w:rsidR="00D05A28" w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D50FA8" w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>otantapäivät 8., 18. ja 28.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F30BA8" w14:textId="78F25072" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t>1972–2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1307AB" w14:textId="78BC4D46" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>319</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="6"/>
-[...17 lines deleted...]
-              </w:rPr>
+      <w:bookmarkEnd w:id="5"/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="56621E9A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3214F08C" w14:textId="0E59D43E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Verojäämien tarkistustoimikunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="685D0333" w14:textId="273010D6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1962–1978</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53509B49" w14:textId="7A02B210" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="188E8D5C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="188E8D5C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="571DFD76" w14:textId="2FA3F85F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Vesilautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34918603" w14:textId="407C2908" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1962–1984</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCEFB61" w14:textId="763EED8C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>215</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="61161AA2" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="61161AA2" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDB0159" w14:textId="672C054C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Veteraaniasiainneuvottelukunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15CF836F" w14:textId="7E44CA92" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1987–2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F1F378" w14:textId="4E0660B7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>364</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="3E0E3725" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="3E0E3725" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DC5D46D" w14:textId="65B93BBF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Veteraanivastaanotto, potilaskortit A-Ö</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...27 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="197320B5" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BA81B0" w14:textId="0E36047A" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>306</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="16D4C671" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="16D4C671" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DE3D93B" w14:textId="0F4A18F6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Vieraanvaraisuudet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5911A54B" w14:textId="0586CB2F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1972–2004</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14FF07A3" w14:textId="51E742F2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="7AD3AAE0" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="7AD3AAE0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="746DB871" w14:textId="5E5BA30F" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Viipurin kaupungin kunnalliskalenteri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3049D019" w14:textId="0244179E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1922, 1926, 1930</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC10B1A" w14:textId="0F2A0DBE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00780917">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="3C9786CB" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="3C9786CB" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA13E92" w14:textId="3F50FD88" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Viipurin musiikkiopisto Oy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EA345D" w14:textId="43955159" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1941–1957</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E7BF03" w14:textId="27BAC889" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="26B1825A" w14:textId="77777777" w:rsidTr="009A31E4">
-[...74 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="23E31966" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCC04B2" w14:textId="6656B343" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Vuokrantarkastuslautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DD1434" w14:textId="2727F226" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1922–1923</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5CEC53" w14:textId="4281695B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="5355F612" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="5355F612" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06889373" w14:textId="35B7299B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Vuorikadun kansakoulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="408D61CB" w14:textId="4EC3F939" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1894–1952</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AED795F" w14:textId="4F3CD859" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="00AE04CB" w14:paraId="71A16AA1" w14:textId="77777777" w:rsidTr="009A31E4">
-[...16 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="00AE04CB" w14:paraId="71A16AA1" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4379B1B1" w14:textId="7E979DA8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Vuorikadun koulu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA29C5B" w14:textId="1988230E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>1890–2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...13 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F552CB8" w14:textId="16B58EA7" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="5AE722A0" w14:textId="77777777" w:rsidTr="009A31E4">
-[...15 lines deleted...]
-              </w:rPr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="5AE722A0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCA6E8C" w14:textId="16AF5A08" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>Väestönsuojelulautakunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...32 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFFB75D" w14:textId="3BDE4972" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:t xml:space="preserve">1939–44, 1955–92  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="292A6811" w14:textId="6CB33F05" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:t>213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="6777FAD1" w14:textId="77777777" w:rsidTr="009A31E4">
-[...93 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="32CF2619" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE38C56" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="368BBD7F" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F18D86" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="7760915B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9B73A1" w14:textId="7AC120C6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...42 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CAFC048" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D704700" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="73B8F629" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="052E9B5A" w14:textId="7AD6EEE6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>WDC Helsinki, vieraskirjat ja raportit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="680A8BAF" w14:textId="321784EA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2012–2013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="779D970E" w14:textId="6B8E68E6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="14EDFB2C" w14:textId="77777777" w:rsidTr="009A31E4">
-[...58 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="14EDFB2C" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A6478C1" w14:textId="0BE36857" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Games </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B797C4C" w14:textId="27D29677" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1995–1997</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA256EF" w14:textId="5322FE8E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="58A8381A" w14:textId="77777777" w:rsidTr="009A31E4">
-[...11 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="33B7AF9D" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B987E41" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54306BFD" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60ABA3CC" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="58A8381A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="293D5C0C" w14:textId="49F83FE9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...42 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="320110B3" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DEA82C9" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="2ED47446" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A37D9ED" w14:textId="63FB2157" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yhdistymishallituksen pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB04418" w14:textId="012B44C3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...47 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4431353E" w14:textId="22743E69" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="409119DE" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B27D658" w14:textId="6835F7EB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yhteistyökomitean pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0256BF45" w14:textId="40284CE4" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1991–2011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F4709D" w14:textId="63673DA8" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>579</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="61B348B3" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="61B348B3" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53CDEAA8" w14:textId="5729126D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yhteisvaltuuston pöytäkirjat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB00BCB" w14:textId="2FADA6FE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...48 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C13FA5" w14:textId="492F38BB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="792E3BA0" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45EFE15A" w14:textId="07B42A6B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ympäristölautakunta ja ympäristön suojelutoimikunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA516D5" w14:textId="0C801C4D" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1972–2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E69BAC0" w14:textId="55B4ED04" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>586–587</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="761980F4" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="761980F4" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199CDF47" w14:textId="7FB3E94E" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>YPY-Ylinen Pietarin yhteys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="322E5B05" w14:textId="1E5EE6CB" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1996</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37669972" w14:textId="63201013" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="0DEFD26B" w14:textId="77777777" w:rsidTr="009A31E4">
-[...15 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="0DEFD26B" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="092BD59C" w14:textId="53B8B14C" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Ystävyyskaupunkitoimikunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71AE670F" w14:textId="6F76A0C6" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1968–1990</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB49CCA" w14:textId="3502C8E9" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="55F33260" w14:textId="77777777" w:rsidTr="009A31E4">
-[...17 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="55F33260" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="380F5E80" w14:textId="46ABECAE" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Ystävyyskaupunkitoiminta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A91F21" w14:textId="5B5555BD" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1968–2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...14 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="331C0B88" w14:textId="4BC233A1" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="0DA633C6" w14:textId="77777777" w:rsidTr="009A31E4">
-[...15 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="0DA633C6" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="707FF46E" w14:textId="46E26B96" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yksityisesti oppivelvollisuuden suorittaneiden todistukset</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D1167F" w14:textId="71C72429" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1970–1977</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B58EDC4" w14:textId="58EA4F8B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>129</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="153F5019" w14:textId="77777777" w:rsidTr="009A31E4">
-[...93 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="68D46D65" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D3E8CD" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3796AD48" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A826E76" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="337A6363" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B9BAFA" w14:textId="2FFA77AA" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ä</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...40 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3046D1A7" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E5BC6D" w14:textId="77777777" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="53D8A92A" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="448BA1ED" w14:textId="36CD8B60" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Äitiysneuvolakortit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCFD013" w14:textId="0668BAD2" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1942–1988</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6E2D9D" w14:textId="7AD3AEB3" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>289–292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40808" w:rsidRPr="004C67B8" w14:paraId="74849982" w14:textId="77777777" w:rsidTr="009A31E4">
-[...15 lines deleted...]
-                <w:iCs/>
+      <w:tr w:rsidR="00D50FA8" w:rsidRPr="004C67B8" w14:paraId="74849982" w14:textId="77777777" w:rsidTr="5892AA04">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE1D95A" w14:textId="25E213DF" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Äänestysaluetoimikunta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="565C1BB9" w14:textId="6D211BD0" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>1985</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1984" w:type="dxa"/>
-[...12 lines deleted...]
-                <w:iCs/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A073BB" w14:textId="2A34F78B" w:rsidR="00D50FA8" w:rsidRPr="0026010F" w:rsidRDefault="00D50FA8" w:rsidP="00D50FA8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0026010F">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FB5D195" w14:textId="77777777" w:rsidR="0081176C" w:rsidRDefault="0081176C" w:rsidP="005C2E3A"/>
-    <w:sectPr w:rsidR="0081176C" w:rsidSect="00CA350B">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="0081176C" w:rsidSect="000410B2">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="964" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="964" w:right="1134" w:bottom="567" w:left="1134" w:header="340" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54EA63EA" w14:textId="77777777" w:rsidR="003564F7" w:rsidRDefault="003564F7" w:rsidP="00A23E2A">
+    <w:p w14:paraId="11578CBA" w14:textId="77777777" w:rsidR="009B20C9" w:rsidRDefault="009B20C9" w:rsidP="00A23E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E757C3A" w14:textId="77777777" w:rsidR="003564F7" w:rsidRDefault="003564F7" w:rsidP="00A23E2A">
+    <w:p w14:paraId="35D32D35" w14:textId="77777777" w:rsidR="009B20C9" w:rsidRDefault="009B20C9" w:rsidP="00A23E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D499156" w14:textId="77777777" w:rsidR="003564F7" w:rsidRDefault="003564F7">
+    <w:p w14:paraId="471D8F00" w14:textId="77777777" w:rsidR="009B20C9" w:rsidRDefault="009B20C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="51EFCD29" w14:textId="77777777" w:rsidR="001B5E12" w:rsidRDefault="001B5E12">
+  <w:p w14:paraId="654AF645" w14:textId="77777777" w:rsidR="007A7677" w:rsidRDefault="007A7677">
+    <w:pPr>
+      <w:pStyle w:val="Alatunniste"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47A6BFD2" w14:textId="77777777" w:rsidR="00361433" w:rsidRDefault="00361433">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+  </w:p>
+  <w:p w14:paraId="79AE9223" w14:textId="202DCCA2" w:rsidR="00B1754F" w:rsidRDefault="005D1AF2" w:rsidP="005D1AF2">
+    <w:pPr>
+      <w:pStyle w:val="Alatunniste"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="008D7330">
       <w:t xml:space="preserve">Sivu </w:t>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="008D7330">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="008D7330">
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="008D7330">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
-      <w:rPr>
-[...2 lines deleted...]
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r>
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="008D7330">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> / </w:t>
+    <w:r w:rsidRPr="008D7330">
+      <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r>
-[...27 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+    <w:fldSimple w:instr="NUMPAGES  \* arabia \* MERGEFORMAT">
+      <w:r>
+        <w:t>16</w:t>
+      </w:r>
+    </w:fldSimple>
+    <w:r w:rsidRPr="008D7330">
+      <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="79AE9223" w14:textId="26096837" w:rsidR="00B1754F" w:rsidRDefault="00B1754F" w:rsidP="001B5E12">
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7828F86A" w14:textId="77777777" w:rsidR="007A7677" w:rsidRDefault="007A7677">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
-      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34AEFD19" w14:textId="77777777" w:rsidR="003564F7" w:rsidRDefault="003564F7" w:rsidP="00A23E2A">
+    <w:p w14:paraId="7F0055DE" w14:textId="77777777" w:rsidR="009B20C9" w:rsidRDefault="009B20C9" w:rsidP="00A23E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="374E53E8" w14:textId="77777777" w:rsidR="003564F7" w:rsidRDefault="003564F7" w:rsidP="00A23E2A">
+    <w:p w14:paraId="383AC369" w14:textId="77777777" w:rsidR="009B20C9" w:rsidRDefault="009B20C9" w:rsidP="00A23E2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3AD9F973" w14:textId="77777777" w:rsidR="003564F7" w:rsidRDefault="003564F7">
+    <w:p w14:paraId="37CFB117" w14:textId="77777777" w:rsidR="009B20C9" w:rsidRDefault="009B20C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="141A9DDF" w14:textId="77777777" w:rsidR="007A7677" w:rsidRDefault="007A7677">
+    <w:pPr>
+      <w:pStyle w:val="Yltunniste"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="5589" w:type="pct"/>
+      <w:tblW w:w="5736" w:type="pct"/>
       <w:tblInd w:w="-567" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="6380"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="1982"/>
+      <w:gridCol w:w="6805"/>
+      <w:gridCol w:w="2127"/>
+      <w:gridCol w:w="2125"/>
     </w:tblGrid>
-    <w:tr w:rsidR="002D5A2D" w14:paraId="2A8BB57E" w14:textId="77777777" w:rsidTr="00C0095F">
+    <w:tr w:rsidR="002D5A2D" w14:paraId="2A8BB57E" w14:textId="77777777" w:rsidTr="007A7677">
       <w:trPr>
         <w:trHeight w:val="426"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2961" w:type="pct"/>
+          <w:tcW w:w="3077" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="23B23F1C" w14:textId="45F2BB85" w:rsidR="002D5A2D" w:rsidRPr="00264D29" w:rsidRDefault="00FB4923">
+        <w:p w14:paraId="15F9EE54" w14:textId="675A0261" w:rsidR="00A47FFA" w:rsidRDefault="000410B2">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35AB4FCD" wp14:editId="3257E659">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>31593</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>84967</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="712470" cy="255270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="8663" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                    <wp:lineTo x="0" y="19343"/>
+                    <wp:lineTo x="20791" y="19343"/>
+                    <wp:lineTo x="20791" y="0"/>
+                    <wp:lineTo x="8663" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="19345941" name="Kuva 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="712470" cy="255270"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </w:r>
+          <w:r w:rsidR="00FB4923">
+            <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve">  </w:t>
           </w:r>
-          <w:r w:rsidR="002D5A2D" w:rsidRPr="00264D29">
-[...31 lines deleted...]
-          </w:r>
         </w:p>
-      </w:tc>
-[...4 lines deleted...]
-        <w:p w14:paraId="082BCB33" w14:textId="310FEC02" w:rsidR="002D5A2D" w:rsidRPr="00023657" w:rsidRDefault="00FB4923" w:rsidP="00023657">
+        <w:p w14:paraId="0DE7D0E7" w14:textId="37A245BC" w:rsidR="00A47FFA" w:rsidRDefault="00A47FFA">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+        </w:p>
+        <w:p w14:paraId="3AB0AF1E" w14:textId="77777777" w:rsidR="000410B2" w:rsidRPr="001825CD" w:rsidRDefault="000410B2">
+          <w:pPr>
+            <w:pStyle w:val="Yltunniste"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-          </w:r>
+          </w:pPr>
         </w:p>
-      </w:tc>
-[...4 lines deleted...]
-        <w:p w14:paraId="131F1595" w14:textId="45658F8F" w:rsidR="002D5A2D" w:rsidRPr="00023657" w:rsidRDefault="00FB4923" w:rsidP="00023657">
+        <w:p w14:paraId="23B23F1C" w14:textId="3038CB9B" w:rsidR="002D5A2D" w:rsidRPr="00264D29" w:rsidRDefault="002D5A2D">
           <w:pPr>
             <w:pStyle w:val="Yltunniste"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
+          <w:r w:rsidRPr="000410B2">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>Keskusarkisto</w:t>
+          </w:r>
+          <w:r w:rsidR="00C0095F" w:rsidRPr="000410B2">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>n sisällyslu</w:t>
+          </w:r>
+          <w:r w:rsidRPr="000410B2">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>ettelo</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="962" w:type="pct"/>
+        </w:tcPr>
+        <w:p w14:paraId="29B09FD1" w14:textId="77777777" w:rsidR="00640B18" w:rsidRPr="00E7569F" w:rsidRDefault="00640B18" w:rsidP="00023657">
+          <w:pPr>
+            <w:pStyle w:val="Yltunniste"/>
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="484EE1E7" w14:textId="77777777" w:rsidR="00640B18" w:rsidRPr="00E7569F" w:rsidRDefault="00640B18" w:rsidP="00023657">
+          <w:pPr>
+            <w:pStyle w:val="Yltunniste"/>
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="0AB2026F" w14:textId="77777777" w:rsidR="002D5A2D" w:rsidRDefault="002D5A2D" w:rsidP="00023657">
+          <w:pPr>
+            <w:pStyle w:val="Yltunniste"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="23F8A065" w14:textId="77777777" w:rsidR="00D124E6" w:rsidRDefault="00D124E6" w:rsidP="00023657">
+          <w:pPr>
+            <w:pStyle w:val="Yltunniste"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="4762A694" w14:textId="77777777" w:rsidR="00D124E6" w:rsidRPr="00E7569F" w:rsidRDefault="00D124E6" w:rsidP="00023657">
+          <w:pPr>
+            <w:pStyle w:val="Yltunniste"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="082BCB33" w14:textId="1AC23F86" w:rsidR="008A07DE" w:rsidRPr="000410B2" w:rsidRDefault="00266B70" w:rsidP="00023657">
+          <w:pPr>
+            <w:pStyle w:val="Yltunniste"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+          </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
-              <w:color w:val="4472C4" w:themeColor="accent1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t xml:space="preserve"> </w:t>
+            <w:t xml:space="preserve">  </w:t>
           </w:r>
-          <w:r w:rsidR="00023657" w:rsidRPr="00023657">
+          <w:r w:rsidR="008A07DE">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
-              <w:color w:val="4472C4" w:themeColor="accent1"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>Vuosi</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="961" w:type="pct"/>
+        </w:tcPr>
+        <w:p w14:paraId="2FDD052D" w14:textId="77777777" w:rsidR="00E7569F" w:rsidRDefault="00E7569F" w:rsidP="00253719">
+          <w:pPr>
+            <w:pStyle w:val="Alatunniste"/>
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="551072B7" w14:textId="77777777" w:rsidR="00E7569F" w:rsidRDefault="00E7569F" w:rsidP="00253719">
+          <w:pPr>
+            <w:pStyle w:val="Alatunniste"/>
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="662BDE7E" w14:textId="77777777" w:rsidR="00D124E6" w:rsidRDefault="00D124E6" w:rsidP="00253719">
+          <w:pPr>
+            <w:pStyle w:val="Alatunniste"/>
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="6E0718E9" w14:textId="77777777" w:rsidR="00E7569F" w:rsidRDefault="00E7569F" w:rsidP="00253719">
+          <w:pPr>
+            <w:pStyle w:val="Alatunniste"/>
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="41F6C362" w14:textId="77777777" w:rsidR="00D124E6" w:rsidRDefault="00D124E6" w:rsidP="00253719">
+          <w:pPr>
+            <w:pStyle w:val="Alatunniste"/>
+            <w:rPr>
+              <w:sz w:val="12"/>
+              <w:szCs w:val="12"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="131F1595" w14:textId="41D6F681" w:rsidR="00361433" w:rsidRPr="000410B2" w:rsidRDefault="00266B70" w:rsidP="00D124E6">
+          <w:pPr>
+            <w:pStyle w:val="Alatunniste"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+          <w:r w:rsidR="00E7569F" w:rsidRPr="00E7569F">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Hylly</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="58455444" w14:textId="613DDB71" w:rsidR="00B1754F" w:rsidRDefault="00B1754F">
+  <w:p w14:paraId="58455444" w14:textId="2A80D6FC" w:rsidR="00B1754F" w:rsidRDefault="00B1754F">
+    <w:pPr>
+      <w:pStyle w:val="Yltunniste"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FFE0BE1" w14:textId="77777777" w:rsidR="007A7677" w:rsidRDefault="007A7677">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="081429BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DF0732E"/>
     <w:lvl w:ilvl="0" w:tplc="8BAA8F20">
       <w:start w:val="1993"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -48262,1903 +31801,5006 @@
     <w:lvl w:ilvl="7" w:tplc="040B0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C3A08AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="01D49014"/>
+    <w:lvl w:ilvl="0" w:tplc="B150EEFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3E162C90">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="EA4037BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="23CCD650">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4AAE6CB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="79E6D8F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="EDB868E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B5B4301C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FC7CD536">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DDB46BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66902714"/>
+    <w:lvl w:ilvl="0" w:tplc="8B688254">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5B903490">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="ECF400D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="42C4B88C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5BF88CD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C86ED62E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="3440EE34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E5D81950">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9188B906">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1068C16E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBD6656A"/>
+    <w:lvl w:ilvl="0" w:tplc="0B8C6FBA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A4585F76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4A4CA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1D5EE640">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BE8A5C98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A6FE0F94">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="20769900">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2432D446">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3B42B2DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12C9FCA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E9ACF0A8"/>
+    <w:lvl w:ilvl="0" w:tplc="F0B04938">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3BB28E62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F29E1F36">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="C294387C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="380809C4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E5162A12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="55D2BC38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3554437C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5DB43E56">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1311211A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1564DFEC"/>
+    <w:lvl w:ilvl="0" w:tplc="BA50356E">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17B79DE1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8416B0A6"/>
+    <w:lvl w:ilvl="0" w:tplc="6B2AADF0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6C6602AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="32E268D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D1F42A28">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9ACC032A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A8CE61E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="284C41DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3A589F6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="29E6AE98">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A03B939"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F37A340A"/>
+    <w:lvl w:ilvl="0" w:tplc="CE32C8CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2824484A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A866022A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7A4E73EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1548E33C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="146A7FCC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="56E069D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D6621F58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B498C15C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="30497D25"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CFE40FD0"/>
+    <w:lvl w:ilvl="0" w:tplc="ECCCCE06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3D4CE6E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D848D0CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9ABEE70C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5DC015B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="757C78FE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C4AC520">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DA16383A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7A906A88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="321B808A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7BA4DBBA"/>
+    <w:lvl w:ilvl="0" w:tplc="144ABBD0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A566C0BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4B0ECA38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="3A6A4AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="76146B8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8F867242">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E46A345A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B39E2F86">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B330D9C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="353A75F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D22445E8"/>
+    <w:lvl w:ilvl="0" w:tplc="3962F34E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="8A346720">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9BAECA48">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="CC44D070">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="120CAE92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9BA2111E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FD622F62">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="418883BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3AC64FFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38838B5B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2B6FE7C"/>
+    <w:lvl w:ilvl="0" w:tplc="83EEB2CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08609342">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CB88BEC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6DD2A5A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="B01E0084">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="227A23F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="06BA7756">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C13CB594">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="9E325C00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CD20E7C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AE9C0D94"/>
+    <w:lvl w:ilvl="0" w:tplc="B50057F4">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40F0EF9D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BBF89544"/>
+    <w:lvl w:ilvl="0" w:tplc="FF784EF8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="062286F4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C0E2109A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="43C09FF0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="47CCDFCE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="82AA3AB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95B4A654">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5840E914">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="64FEE874">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="434DCAFA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A90812DA"/>
+    <w:lvl w:ilvl="0" w:tplc="9872E84C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="50786A7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7DD6DE90">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D4A420CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F424B9FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="88A49E7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="64F0EB9C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="705E6866">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7616A19A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AE15CE2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C9E4FEE"/>
+    <w:lvl w:ilvl="0" w:tplc="852A407A">
+      <w:start w:val="1902"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BA070FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D098DF42"/>
+    <w:lvl w:ilvl="0" w:tplc="A044F3F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="50762D14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B2E48CCA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BA52901C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E4E6C8E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="68D41602">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C64C0396">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="031ECD4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D09816B6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4EDA6A75"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9CE47348"/>
+    <w:lvl w:ilvl="0" w:tplc="290AE940">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D53E68AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="ABC4F6BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="7EB0B7A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4D1C9174">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A95A8304">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C074A750">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4BF0C046">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CADAC59E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="504F8529"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA0E3D46"/>
+    <w:lvl w:ilvl="0" w:tplc="278A51E0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6AC44948">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DF2C292A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8EBC5EB4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BE681C3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2A22D57C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6E182D22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C55AA980">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="11C88A54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51BC6BD7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9198F508"/>
+    <w:lvl w:ilvl="0" w:tplc="4BD82478">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040B0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040B0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040B0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58031309"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9F8C2974"/>
+    <w:lvl w:ilvl="0" w:tplc="B10A83D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7430CA04">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A4468A78">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="BAA0295E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6EF4F702">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BBB812AE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="17162080">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="14E03A34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6E2894CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B083291"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="021408E6"/>
+    <w:lvl w:ilvl="0" w:tplc="C9067044">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4D68F15A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D01C3B7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="61B6DE6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C818E448">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="345ABF82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8D8CC7E2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B22E17B4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C9EC025E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F3E0E4C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15445514"/>
+    <w:lvl w:ilvl="0" w:tplc="5266AE3E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F34AF18C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="500EB9D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2D2EA812">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="402892A8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C3FADCD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F946B7E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="59602998">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="05FC0D08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73F299E4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="04660208"/>
+    <w:lvl w:ilvl="0" w:tplc="6F80155A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5D46DAFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="93A6D2EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9CD40C82">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="244E2AAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64FC83A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FA94BFBC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FF4A5D08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6E309294">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1787501821">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1217205593">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1869833121">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1587304916">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1348748427">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="956327451">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="797603098">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1980726584">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="823661767">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="2108961394">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="471487281">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1901093795">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="826242580">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="238903993">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="891964370">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1087531991">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="321550518">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="486632007">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="436557223">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1654599613">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1505632154">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="976422118">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="770660979">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="117843034">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1304"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D52C8C"/>
     <w:rsid w:val="00000C21"/>
     <w:rsid w:val="00000D9B"/>
     <w:rsid w:val="0000172E"/>
     <w:rsid w:val="000056FA"/>
+    <w:rsid w:val="00005BCD"/>
     <w:rsid w:val="000071EB"/>
     <w:rsid w:val="00007B94"/>
     <w:rsid w:val="0001073E"/>
     <w:rsid w:val="00011A9B"/>
     <w:rsid w:val="00012E92"/>
     <w:rsid w:val="00013527"/>
     <w:rsid w:val="00013617"/>
     <w:rsid w:val="00014719"/>
+    <w:rsid w:val="00014DD7"/>
     <w:rsid w:val="0001548A"/>
+    <w:rsid w:val="00017322"/>
     <w:rsid w:val="000204DB"/>
     <w:rsid w:val="00020664"/>
     <w:rsid w:val="0002287A"/>
+    <w:rsid w:val="00022AC0"/>
     <w:rsid w:val="00022D8E"/>
     <w:rsid w:val="00023657"/>
+    <w:rsid w:val="000244FA"/>
     <w:rsid w:val="000262A7"/>
     <w:rsid w:val="000271D8"/>
     <w:rsid w:val="00027591"/>
     <w:rsid w:val="00027B92"/>
     <w:rsid w:val="00030866"/>
     <w:rsid w:val="00030A92"/>
     <w:rsid w:val="00031DE5"/>
     <w:rsid w:val="00032281"/>
     <w:rsid w:val="00034FA4"/>
     <w:rsid w:val="00035196"/>
     <w:rsid w:val="00035324"/>
+    <w:rsid w:val="000363BD"/>
+    <w:rsid w:val="000410B2"/>
     <w:rsid w:val="0004145B"/>
+    <w:rsid w:val="00041DCA"/>
     <w:rsid w:val="00045249"/>
     <w:rsid w:val="00046EA8"/>
     <w:rsid w:val="00047F2B"/>
     <w:rsid w:val="000500D1"/>
     <w:rsid w:val="00052594"/>
-    <w:rsid w:val="000534D6"/>
     <w:rsid w:val="00053BC3"/>
     <w:rsid w:val="00053E3B"/>
     <w:rsid w:val="00053F5F"/>
     <w:rsid w:val="000547DD"/>
     <w:rsid w:val="00054A02"/>
     <w:rsid w:val="000609E0"/>
     <w:rsid w:val="000612ED"/>
     <w:rsid w:val="00061AA2"/>
     <w:rsid w:val="00061FE0"/>
     <w:rsid w:val="000620C6"/>
     <w:rsid w:val="00062F52"/>
     <w:rsid w:val="000662B0"/>
     <w:rsid w:val="00066C73"/>
     <w:rsid w:val="00066F0E"/>
+    <w:rsid w:val="0006745D"/>
     <w:rsid w:val="00067897"/>
     <w:rsid w:val="00067D1F"/>
     <w:rsid w:val="0007037D"/>
     <w:rsid w:val="00070A6A"/>
     <w:rsid w:val="000728AD"/>
     <w:rsid w:val="00072EAF"/>
     <w:rsid w:val="0007383C"/>
     <w:rsid w:val="00074EAE"/>
     <w:rsid w:val="00075667"/>
     <w:rsid w:val="000756C5"/>
     <w:rsid w:val="00075B9F"/>
+    <w:rsid w:val="000762B4"/>
     <w:rsid w:val="00077D23"/>
     <w:rsid w:val="00081DC8"/>
     <w:rsid w:val="00082110"/>
     <w:rsid w:val="00082640"/>
     <w:rsid w:val="000829ED"/>
     <w:rsid w:val="00082F5B"/>
     <w:rsid w:val="00084D09"/>
+    <w:rsid w:val="00084DB5"/>
     <w:rsid w:val="00086705"/>
+    <w:rsid w:val="00086DF6"/>
+    <w:rsid w:val="00091821"/>
     <w:rsid w:val="00091C22"/>
     <w:rsid w:val="0009297E"/>
     <w:rsid w:val="00092A0F"/>
     <w:rsid w:val="0009445D"/>
     <w:rsid w:val="000962E2"/>
     <w:rsid w:val="00096A71"/>
     <w:rsid w:val="00096A99"/>
     <w:rsid w:val="00096F98"/>
     <w:rsid w:val="0009759B"/>
     <w:rsid w:val="000A087B"/>
     <w:rsid w:val="000A14E6"/>
     <w:rsid w:val="000A1509"/>
     <w:rsid w:val="000A2E3A"/>
     <w:rsid w:val="000A348C"/>
+    <w:rsid w:val="000A368C"/>
     <w:rsid w:val="000A4E19"/>
     <w:rsid w:val="000B05D9"/>
     <w:rsid w:val="000B0C92"/>
     <w:rsid w:val="000B14C2"/>
     <w:rsid w:val="000B1E31"/>
     <w:rsid w:val="000B2A49"/>
     <w:rsid w:val="000B2F0D"/>
     <w:rsid w:val="000B3DC9"/>
+    <w:rsid w:val="000B7F73"/>
     <w:rsid w:val="000C04F5"/>
+    <w:rsid w:val="000C05C7"/>
     <w:rsid w:val="000C2879"/>
     <w:rsid w:val="000C42AF"/>
     <w:rsid w:val="000D17BF"/>
     <w:rsid w:val="000D2712"/>
     <w:rsid w:val="000D2DA2"/>
     <w:rsid w:val="000D3309"/>
+    <w:rsid w:val="000D349A"/>
     <w:rsid w:val="000D51A5"/>
     <w:rsid w:val="000D5CF9"/>
     <w:rsid w:val="000E0992"/>
+    <w:rsid w:val="000E1195"/>
     <w:rsid w:val="000E2601"/>
     <w:rsid w:val="000E2D66"/>
     <w:rsid w:val="000E2E3C"/>
     <w:rsid w:val="000E4D8D"/>
     <w:rsid w:val="000E4EC2"/>
     <w:rsid w:val="000E5730"/>
     <w:rsid w:val="000E5D53"/>
     <w:rsid w:val="000E604B"/>
     <w:rsid w:val="000E65C9"/>
     <w:rsid w:val="000E69CB"/>
     <w:rsid w:val="000F18BB"/>
     <w:rsid w:val="000F1BFE"/>
+    <w:rsid w:val="000F22A3"/>
     <w:rsid w:val="000F2916"/>
+    <w:rsid w:val="000F2E97"/>
     <w:rsid w:val="000F390E"/>
+    <w:rsid w:val="000F542A"/>
     <w:rsid w:val="000F5589"/>
+    <w:rsid w:val="000F56D9"/>
     <w:rsid w:val="000F70CE"/>
     <w:rsid w:val="000F7860"/>
     <w:rsid w:val="001000F6"/>
+    <w:rsid w:val="00101F13"/>
     <w:rsid w:val="00102458"/>
     <w:rsid w:val="00102803"/>
     <w:rsid w:val="0010368D"/>
+    <w:rsid w:val="00103C5A"/>
     <w:rsid w:val="00103FB7"/>
     <w:rsid w:val="0010633D"/>
     <w:rsid w:val="001065F0"/>
     <w:rsid w:val="00107005"/>
     <w:rsid w:val="00111294"/>
+    <w:rsid w:val="00111345"/>
     <w:rsid w:val="00111AA8"/>
     <w:rsid w:val="00114A87"/>
     <w:rsid w:val="00117F23"/>
     <w:rsid w:val="00117FE2"/>
+    <w:rsid w:val="00121050"/>
     <w:rsid w:val="00121338"/>
+    <w:rsid w:val="00123F61"/>
     <w:rsid w:val="00124361"/>
     <w:rsid w:val="00124660"/>
     <w:rsid w:val="00126BE5"/>
     <w:rsid w:val="0013145B"/>
     <w:rsid w:val="00131946"/>
     <w:rsid w:val="00133C60"/>
     <w:rsid w:val="00133DCA"/>
+    <w:rsid w:val="001342D8"/>
     <w:rsid w:val="001364B4"/>
     <w:rsid w:val="001365E4"/>
     <w:rsid w:val="00140B24"/>
     <w:rsid w:val="0014273C"/>
     <w:rsid w:val="00143193"/>
     <w:rsid w:val="00144BEA"/>
     <w:rsid w:val="00145009"/>
+    <w:rsid w:val="00146495"/>
     <w:rsid w:val="001500B7"/>
     <w:rsid w:val="00150498"/>
     <w:rsid w:val="001505AF"/>
     <w:rsid w:val="00150CD9"/>
     <w:rsid w:val="00153554"/>
     <w:rsid w:val="00154A6C"/>
     <w:rsid w:val="00154C27"/>
     <w:rsid w:val="001631E3"/>
-    <w:rsid w:val="001636EC"/>
     <w:rsid w:val="00164D87"/>
     <w:rsid w:val="00164DAA"/>
     <w:rsid w:val="00164F05"/>
     <w:rsid w:val="0016580F"/>
     <w:rsid w:val="00166446"/>
     <w:rsid w:val="00166CCC"/>
     <w:rsid w:val="00167CA8"/>
     <w:rsid w:val="00170A67"/>
     <w:rsid w:val="00171E9B"/>
     <w:rsid w:val="00173854"/>
     <w:rsid w:val="001739F5"/>
     <w:rsid w:val="001741B5"/>
     <w:rsid w:val="0017436C"/>
     <w:rsid w:val="00174BCA"/>
     <w:rsid w:val="0017551A"/>
     <w:rsid w:val="00177632"/>
+    <w:rsid w:val="001825CD"/>
     <w:rsid w:val="00183C48"/>
     <w:rsid w:val="001843DF"/>
     <w:rsid w:val="001861C5"/>
+    <w:rsid w:val="001910BF"/>
     <w:rsid w:val="001915BA"/>
     <w:rsid w:val="0019183D"/>
     <w:rsid w:val="001932D4"/>
     <w:rsid w:val="00193400"/>
     <w:rsid w:val="00194A65"/>
     <w:rsid w:val="00195CCF"/>
     <w:rsid w:val="00195F63"/>
     <w:rsid w:val="00197EAA"/>
     <w:rsid w:val="001A04B3"/>
     <w:rsid w:val="001A43AD"/>
     <w:rsid w:val="001A4681"/>
     <w:rsid w:val="001A4E48"/>
     <w:rsid w:val="001A5098"/>
     <w:rsid w:val="001A66F7"/>
     <w:rsid w:val="001A6D18"/>
+    <w:rsid w:val="001A79DA"/>
     <w:rsid w:val="001B0876"/>
     <w:rsid w:val="001B0A6D"/>
     <w:rsid w:val="001B1ED0"/>
     <w:rsid w:val="001B232A"/>
     <w:rsid w:val="001B514F"/>
     <w:rsid w:val="001B5E12"/>
     <w:rsid w:val="001B6A3F"/>
     <w:rsid w:val="001C1D1A"/>
     <w:rsid w:val="001C1EF9"/>
+    <w:rsid w:val="001C2EFC"/>
     <w:rsid w:val="001C4BBB"/>
     <w:rsid w:val="001C4D82"/>
     <w:rsid w:val="001C4F06"/>
+    <w:rsid w:val="001C50DE"/>
+    <w:rsid w:val="001C59F6"/>
+    <w:rsid w:val="001C7274"/>
     <w:rsid w:val="001C7B28"/>
     <w:rsid w:val="001C7E61"/>
     <w:rsid w:val="001D00D9"/>
     <w:rsid w:val="001D0322"/>
     <w:rsid w:val="001D0E64"/>
     <w:rsid w:val="001D37C7"/>
     <w:rsid w:val="001D47AB"/>
     <w:rsid w:val="001D61C5"/>
     <w:rsid w:val="001D7511"/>
     <w:rsid w:val="001D7C21"/>
+    <w:rsid w:val="001D7F46"/>
+    <w:rsid w:val="001E0B2C"/>
     <w:rsid w:val="001E0FC1"/>
+    <w:rsid w:val="001E1262"/>
     <w:rsid w:val="001E1867"/>
     <w:rsid w:val="001E1DBC"/>
     <w:rsid w:val="001E1F54"/>
     <w:rsid w:val="001E3E64"/>
     <w:rsid w:val="001E4E72"/>
     <w:rsid w:val="001E58FB"/>
     <w:rsid w:val="001E653F"/>
     <w:rsid w:val="001E6AE9"/>
     <w:rsid w:val="001F1062"/>
     <w:rsid w:val="001F2359"/>
     <w:rsid w:val="001F2570"/>
     <w:rsid w:val="001F28A5"/>
     <w:rsid w:val="001F6E97"/>
     <w:rsid w:val="001F7463"/>
     <w:rsid w:val="00200662"/>
     <w:rsid w:val="00200812"/>
     <w:rsid w:val="00201450"/>
     <w:rsid w:val="002014F3"/>
+    <w:rsid w:val="0020156B"/>
     <w:rsid w:val="00201606"/>
     <w:rsid w:val="00201674"/>
     <w:rsid w:val="00201831"/>
     <w:rsid w:val="00201A0D"/>
     <w:rsid w:val="00201E38"/>
     <w:rsid w:val="00202799"/>
     <w:rsid w:val="00203415"/>
     <w:rsid w:val="0020438B"/>
     <w:rsid w:val="00204522"/>
     <w:rsid w:val="00204DBD"/>
     <w:rsid w:val="00206B40"/>
     <w:rsid w:val="00207477"/>
     <w:rsid w:val="0021089A"/>
     <w:rsid w:val="002113EE"/>
     <w:rsid w:val="00211512"/>
     <w:rsid w:val="00211809"/>
     <w:rsid w:val="00212401"/>
     <w:rsid w:val="00212499"/>
     <w:rsid w:val="00213593"/>
     <w:rsid w:val="0021405C"/>
+    <w:rsid w:val="00214673"/>
     <w:rsid w:val="00215503"/>
     <w:rsid w:val="00215930"/>
     <w:rsid w:val="00216A3E"/>
     <w:rsid w:val="00216E0D"/>
+    <w:rsid w:val="002208EB"/>
     <w:rsid w:val="00220FAF"/>
     <w:rsid w:val="00221CA1"/>
     <w:rsid w:val="002252EB"/>
     <w:rsid w:val="0022619C"/>
     <w:rsid w:val="00227144"/>
     <w:rsid w:val="002279AE"/>
     <w:rsid w:val="00227FE1"/>
     <w:rsid w:val="00231100"/>
     <w:rsid w:val="0023149D"/>
     <w:rsid w:val="0023267D"/>
     <w:rsid w:val="00232E71"/>
     <w:rsid w:val="00232FA2"/>
     <w:rsid w:val="00234C62"/>
     <w:rsid w:val="00236AAA"/>
     <w:rsid w:val="00236DE0"/>
     <w:rsid w:val="002374EA"/>
+    <w:rsid w:val="00237DA0"/>
     <w:rsid w:val="00240526"/>
     <w:rsid w:val="002410E2"/>
     <w:rsid w:val="00242EE0"/>
     <w:rsid w:val="00243221"/>
     <w:rsid w:val="00243997"/>
     <w:rsid w:val="00243C1A"/>
     <w:rsid w:val="0024423C"/>
+    <w:rsid w:val="002452B0"/>
     <w:rsid w:val="00245988"/>
+    <w:rsid w:val="00246B76"/>
     <w:rsid w:val="0025017B"/>
     <w:rsid w:val="00251044"/>
     <w:rsid w:val="00251DED"/>
     <w:rsid w:val="00253485"/>
+    <w:rsid w:val="00253719"/>
+    <w:rsid w:val="00253C20"/>
     <w:rsid w:val="00254049"/>
+    <w:rsid w:val="0025468A"/>
     <w:rsid w:val="00257052"/>
     <w:rsid w:val="0025796A"/>
+    <w:rsid w:val="0026010F"/>
     <w:rsid w:val="00261111"/>
+    <w:rsid w:val="0026122D"/>
     <w:rsid w:val="002614F4"/>
     <w:rsid w:val="00261546"/>
     <w:rsid w:val="00261FA7"/>
     <w:rsid w:val="00263A6E"/>
     <w:rsid w:val="00264246"/>
     <w:rsid w:val="00264652"/>
     <w:rsid w:val="00264981"/>
+    <w:rsid w:val="00264982"/>
     <w:rsid w:val="00264D29"/>
     <w:rsid w:val="00264DBD"/>
     <w:rsid w:val="00266126"/>
+    <w:rsid w:val="00266B70"/>
     <w:rsid w:val="002673A5"/>
+    <w:rsid w:val="00270F47"/>
     <w:rsid w:val="00271B85"/>
     <w:rsid w:val="002722E2"/>
     <w:rsid w:val="0027255B"/>
     <w:rsid w:val="00273CDC"/>
     <w:rsid w:val="002744D1"/>
     <w:rsid w:val="00274EB6"/>
+    <w:rsid w:val="002750BC"/>
     <w:rsid w:val="00280141"/>
     <w:rsid w:val="00282D87"/>
+    <w:rsid w:val="00282DE6"/>
     <w:rsid w:val="00284E0A"/>
     <w:rsid w:val="00285786"/>
+    <w:rsid w:val="00285B9A"/>
+    <w:rsid w:val="00286E6A"/>
     <w:rsid w:val="002870C8"/>
     <w:rsid w:val="0028741F"/>
+    <w:rsid w:val="00292F51"/>
     <w:rsid w:val="00293A50"/>
     <w:rsid w:val="00295943"/>
     <w:rsid w:val="00296CD1"/>
     <w:rsid w:val="002A0357"/>
     <w:rsid w:val="002A0E6A"/>
     <w:rsid w:val="002A3988"/>
     <w:rsid w:val="002A3BF4"/>
     <w:rsid w:val="002A4172"/>
     <w:rsid w:val="002A617D"/>
     <w:rsid w:val="002B03C0"/>
     <w:rsid w:val="002B1CC3"/>
     <w:rsid w:val="002B2284"/>
     <w:rsid w:val="002B2DD3"/>
     <w:rsid w:val="002B3DE6"/>
+    <w:rsid w:val="002B44E1"/>
     <w:rsid w:val="002B4735"/>
     <w:rsid w:val="002B4DE0"/>
     <w:rsid w:val="002B5084"/>
+    <w:rsid w:val="002B662D"/>
     <w:rsid w:val="002B6C18"/>
     <w:rsid w:val="002B717B"/>
     <w:rsid w:val="002B72FE"/>
+    <w:rsid w:val="002C030C"/>
     <w:rsid w:val="002C0660"/>
     <w:rsid w:val="002C08F7"/>
     <w:rsid w:val="002C0F30"/>
     <w:rsid w:val="002C0FB2"/>
     <w:rsid w:val="002C1B9B"/>
     <w:rsid w:val="002C2688"/>
     <w:rsid w:val="002C4BB7"/>
     <w:rsid w:val="002C72A9"/>
     <w:rsid w:val="002C782B"/>
     <w:rsid w:val="002C7C70"/>
     <w:rsid w:val="002D1035"/>
     <w:rsid w:val="002D275A"/>
     <w:rsid w:val="002D2BB3"/>
+    <w:rsid w:val="002D2C13"/>
     <w:rsid w:val="002D3671"/>
     <w:rsid w:val="002D51A0"/>
     <w:rsid w:val="002D5A2D"/>
     <w:rsid w:val="002E329E"/>
     <w:rsid w:val="002E629D"/>
     <w:rsid w:val="002E7330"/>
+    <w:rsid w:val="002F0E56"/>
     <w:rsid w:val="002F14B4"/>
     <w:rsid w:val="002F19D7"/>
+    <w:rsid w:val="002F2CE1"/>
     <w:rsid w:val="002F352E"/>
     <w:rsid w:val="002F4795"/>
     <w:rsid w:val="003017CE"/>
     <w:rsid w:val="0030381F"/>
     <w:rsid w:val="00303A55"/>
     <w:rsid w:val="003050E4"/>
     <w:rsid w:val="0030549F"/>
+    <w:rsid w:val="0030646F"/>
     <w:rsid w:val="00306E9F"/>
     <w:rsid w:val="0031042C"/>
     <w:rsid w:val="00310BFA"/>
     <w:rsid w:val="00311CAF"/>
+    <w:rsid w:val="00312F1D"/>
     <w:rsid w:val="00312FF3"/>
     <w:rsid w:val="00313990"/>
+    <w:rsid w:val="00314755"/>
     <w:rsid w:val="0031490D"/>
     <w:rsid w:val="00321A55"/>
     <w:rsid w:val="00321C96"/>
     <w:rsid w:val="003225BC"/>
     <w:rsid w:val="00323867"/>
+    <w:rsid w:val="00323A78"/>
     <w:rsid w:val="00325C8A"/>
+    <w:rsid w:val="00325FA8"/>
     <w:rsid w:val="003270E7"/>
     <w:rsid w:val="003302B0"/>
     <w:rsid w:val="003306A1"/>
     <w:rsid w:val="003306C5"/>
     <w:rsid w:val="00331133"/>
     <w:rsid w:val="00331D7B"/>
     <w:rsid w:val="0033218F"/>
     <w:rsid w:val="00332EC4"/>
     <w:rsid w:val="0033448E"/>
+    <w:rsid w:val="0033456A"/>
     <w:rsid w:val="00334FC8"/>
     <w:rsid w:val="003355B7"/>
     <w:rsid w:val="003371F3"/>
     <w:rsid w:val="00337471"/>
     <w:rsid w:val="00337F41"/>
     <w:rsid w:val="00341DA6"/>
     <w:rsid w:val="00342F95"/>
+    <w:rsid w:val="00344994"/>
     <w:rsid w:val="00344BB0"/>
+    <w:rsid w:val="00346AA8"/>
     <w:rsid w:val="003506B3"/>
     <w:rsid w:val="003514A9"/>
+    <w:rsid w:val="00351B2B"/>
     <w:rsid w:val="0035397D"/>
     <w:rsid w:val="00354294"/>
+    <w:rsid w:val="00355039"/>
+    <w:rsid w:val="00355B05"/>
     <w:rsid w:val="003564F7"/>
     <w:rsid w:val="00360537"/>
+    <w:rsid w:val="00360E32"/>
     <w:rsid w:val="00360F83"/>
+    <w:rsid w:val="003610B0"/>
+    <w:rsid w:val="00361433"/>
     <w:rsid w:val="0036661C"/>
+    <w:rsid w:val="00366841"/>
     <w:rsid w:val="0037263D"/>
     <w:rsid w:val="0037354E"/>
     <w:rsid w:val="00373B40"/>
     <w:rsid w:val="0037479B"/>
     <w:rsid w:val="003761B8"/>
     <w:rsid w:val="00377341"/>
     <w:rsid w:val="003806CD"/>
+    <w:rsid w:val="00380C23"/>
+    <w:rsid w:val="00380CBD"/>
     <w:rsid w:val="00381CEE"/>
     <w:rsid w:val="00383355"/>
     <w:rsid w:val="00383CFC"/>
     <w:rsid w:val="00387273"/>
     <w:rsid w:val="003917BC"/>
+    <w:rsid w:val="00391B72"/>
     <w:rsid w:val="00394E4F"/>
     <w:rsid w:val="0039703A"/>
+    <w:rsid w:val="003A097F"/>
     <w:rsid w:val="003A17E2"/>
     <w:rsid w:val="003A2241"/>
     <w:rsid w:val="003A4CB8"/>
     <w:rsid w:val="003A6061"/>
     <w:rsid w:val="003A61D8"/>
     <w:rsid w:val="003A6E13"/>
     <w:rsid w:val="003A7337"/>
     <w:rsid w:val="003A79E6"/>
     <w:rsid w:val="003B0BEC"/>
+    <w:rsid w:val="003B10EC"/>
     <w:rsid w:val="003B141C"/>
+    <w:rsid w:val="003B236E"/>
     <w:rsid w:val="003B251C"/>
     <w:rsid w:val="003B2766"/>
+    <w:rsid w:val="003B349D"/>
+    <w:rsid w:val="003B4CDC"/>
     <w:rsid w:val="003B4F81"/>
+    <w:rsid w:val="003B637B"/>
     <w:rsid w:val="003B72F4"/>
     <w:rsid w:val="003C17F5"/>
     <w:rsid w:val="003C1A72"/>
+    <w:rsid w:val="003C1E52"/>
     <w:rsid w:val="003C56A7"/>
     <w:rsid w:val="003C5A68"/>
     <w:rsid w:val="003C5AAA"/>
     <w:rsid w:val="003C5F8D"/>
+    <w:rsid w:val="003C641E"/>
     <w:rsid w:val="003C68AD"/>
     <w:rsid w:val="003C79A5"/>
     <w:rsid w:val="003D0356"/>
     <w:rsid w:val="003D4012"/>
     <w:rsid w:val="003D4194"/>
     <w:rsid w:val="003D4413"/>
     <w:rsid w:val="003D4D7C"/>
     <w:rsid w:val="003D5D08"/>
     <w:rsid w:val="003D67AA"/>
     <w:rsid w:val="003D6C24"/>
     <w:rsid w:val="003D6C7E"/>
     <w:rsid w:val="003D7E4D"/>
+    <w:rsid w:val="003D7F28"/>
     <w:rsid w:val="003E11EE"/>
     <w:rsid w:val="003E19DA"/>
     <w:rsid w:val="003E2195"/>
+    <w:rsid w:val="003E2C89"/>
     <w:rsid w:val="003E2CCD"/>
     <w:rsid w:val="003E2DB5"/>
+    <w:rsid w:val="003E32AD"/>
     <w:rsid w:val="003E6C83"/>
     <w:rsid w:val="003E70BA"/>
     <w:rsid w:val="003F0C7D"/>
     <w:rsid w:val="003F19C8"/>
+    <w:rsid w:val="003F248E"/>
     <w:rsid w:val="003F32AD"/>
     <w:rsid w:val="003F3937"/>
     <w:rsid w:val="003F5737"/>
     <w:rsid w:val="003F70EB"/>
+    <w:rsid w:val="0040113E"/>
+    <w:rsid w:val="00401F81"/>
     <w:rsid w:val="00402534"/>
     <w:rsid w:val="00402D68"/>
     <w:rsid w:val="00403FBD"/>
     <w:rsid w:val="004041EF"/>
     <w:rsid w:val="0040435B"/>
     <w:rsid w:val="00404E8F"/>
     <w:rsid w:val="004050B2"/>
     <w:rsid w:val="00405E78"/>
     <w:rsid w:val="00406025"/>
     <w:rsid w:val="00407387"/>
     <w:rsid w:val="00407816"/>
     <w:rsid w:val="00407B26"/>
     <w:rsid w:val="0041107E"/>
     <w:rsid w:val="004113D6"/>
     <w:rsid w:val="00411B39"/>
     <w:rsid w:val="00411DBF"/>
     <w:rsid w:val="00412738"/>
     <w:rsid w:val="004128E9"/>
     <w:rsid w:val="00412E4F"/>
     <w:rsid w:val="00413880"/>
     <w:rsid w:val="00414515"/>
     <w:rsid w:val="00416016"/>
     <w:rsid w:val="00416E31"/>
     <w:rsid w:val="00422EED"/>
     <w:rsid w:val="00425516"/>
     <w:rsid w:val="00425E71"/>
     <w:rsid w:val="00426267"/>
     <w:rsid w:val="00427C6D"/>
     <w:rsid w:val="00430342"/>
+    <w:rsid w:val="004308E4"/>
     <w:rsid w:val="004314F9"/>
     <w:rsid w:val="00431959"/>
+    <w:rsid w:val="00431A1F"/>
     <w:rsid w:val="00433401"/>
     <w:rsid w:val="00434D3A"/>
     <w:rsid w:val="00435479"/>
     <w:rsid w:val="004361EB"/>
     <w:rsid w:val="00436FF7"/>
     <w:rsid w:val="00441654"/>
     <w:rsid w:val="00441672"/>
     <w:rsid w:val="00441BE4"/>
     <w:rsid w:val="00442593"/>
     <w:rsid w:val="004434B2"/>
+    <w:rsid w:val="0044450A"/>
     <w:rsid w:val="00446C7D"/>
     <w:rsid w:val="00447170"/>
+    <w:rsid w:val="00447F0B"/>
     <w:rsid w:val="004512B3"/>
     <w:rsid w:val="0045147F"/>
     <w:rsid w:val="00453377"/>
     <w:rsid w:val="00457A6D"/>
+    <w:rsid w:val="00461118"/>
     <w:rsid w:val="00462BAC"/>
     <w:rsid w:val="00464ADA"/>
     <w:rsid w:val="004667EF"/>
+    <w:rsid w:val="00470BEB"/>
     <w:rsid w:val="0047147F"/>
     <w:rsid w:val="0047174F"/>
+    <w:rsid w:val="00471798"/>
     <w:rsid w:val="00471F18"/>
+    <w:rsid w:val="004727A2"/>
     <w:rsid w:val="00472E91"/>
     <w:rsid w:val="004731FA"/>
     <w:rsid w:val="0047332C"/>
     <w:rsid w:val="00474604"/>
     <w:rsid w:val="00475606"/>
     <w:rsid w:val="00475679"/>
     <w:rsid w:val="00475CED"/>
     <w:rsid w:val="00475F45"/>
+    <w:rsid w:val="00476522"/>
     <w:rsid w:val="00476A55"/>
+    <w:rsid w:val="00477C24"/>
     <w:rsid w:val="004804B4"/>
     <w:rsid w:val="00481823"/>
     <w:rsid w:val="004830BA"/>
     <w:rsid w:val="00483348"/>
     <w:rsid w:val="00483449"/>
     <w:rsid w:val="00485DB7"/>
+    <w:rsid w:val="00487C39"/>
     <w:rsid w:val="00490DF7"/>
     <w:rsid w:val="004914FB"/>
     <w:rsid w:val="004920C0"/>
     <w:rsid w:val="00493692"/>
     <w:rsid w:val="00495E37"/>
     <w:rsid w:val="00496AC5"/>
     <w:rsid w:val="00496BA4"/>
     <w:rsid w:val="004973DE"/>
     <w:rsid w:val="004A1C24"/>
     <w:rsid w:val="004A230D"/>
     <w:rsid w:val="004A3625"/>
     <w:rsid w:val="004A40E7"/>
+    <w:rsid w:val="004A4BCD"/>
+    <w:rsid w:val="004A4FFA"/>
     <w:rsid w:val="004A6164"/>
+    <w:rsid w:val="004A64C0"/>
+    <w:rsid w:val="004B108E"/>
     <w:rsid w:val="004B11AB"/>
     <w:rsid w:val="004B28FD"/>
     <w:rsid w:val="004B2928"/>
     <w:rsid w:val="004B2A64"/>
+    <w:rsid w:val="004B37DF"/>
+    <w:rsid w:val="004B4045"/>
+    <w:rsid w:val="004B76AF"/>
     <w:rsid w:val="004C0174"/>
     <w:rsid w:val="004C0D53"/>
     <w:rsid w:val="004C166F"/>
     <w:rsid w:val="004C256B"/>
     <w:rsid w:val="004C3945"/>
     <w:rsid w:val="004C4AA8"/>
     <w:rsid w:val="004C5C01"/>
     <w:rsid w:val="004C67B8"/>
     <w:rsid w:val="004C7BA9"/>
     <w:rsid w:val="004D02C7"/>
     <w:rsid w:val="004D0444"/>
     <w:rsid w:val="004D2FD5"/>
     <w:rsid w:val="004D4407"/>
     <w:rsid w:val="004D55E1"/>
     <w:rsid w:val="004D58CB"/>
     <w:rsid w:val="004E18C5"/>
     <w:rsid w:val="004E3ABD"/>
     <w:rsid w:val="004E3DAE"/>
     <w:rsid w:val="004E441A"/>
     <w:rsid w:val="004E4680"/>
+    <w:rsid w:val="004E4B56"/>
     <w:rsid w:val="004E6634"/>
     <w:rsid w:val="004E68C2"/>
     <w:rsid w:val="004E786E"/>
     <w:rsid w:val="004E7923"/>
     <w:rsid w:val="004E7A7D"/>
+    <w:rsid w:val="004F0BD8"/>
     <w:rsid w:val="004F14EE"/>
     <w:rsid w:val="004F2399"/>
     <w:rsid w:val="004F3803"/>
     <w:rsid w:val="004F389E"/>
     <w:rsid w:val="004F3D57"/>
+    <w:rsid w:val="004F5250"/>
     <w:rsid w:val="004F5568"/>
+    <w:rsid w:val="004F55D2"/>
     <w:rsid w:val="004F6D46"/>
     <w:rsid w:val="004F7924"/>
+    <w:rsid w:val="00501FD1"/>
+    <w:rsid w:val="005037A8"/>
     <w:rsid w:val="005052D6"/>
     <w:rsid w:val="005056E2"/>
+    <w:rsid w:val="005074F5"/>
+    <w:rsid w:val="005077B5"/>
     <w:rsid w:val="00507804"/>
     <w:rsid w:val="005103E3"/>
+    <w:rsid w:val="00511781"/>
     <w:rsid w:val="005117CB"/>
     <w:rsid w:val="005124B6"/>
     <w:rsid w:val="00513C4D"/>
+    <w:rsid w:val="00513CA3"/>
     <w:rsid w:val="005144AB"/>
     <w:rsid w:val="00516A94"/>
     <w:rsid w:val="0052013F"/>
     <w:rsid w:val="0052056F"/>
     <w:rsid w:val="005231B6"/>
     <w:rsid w:val="0052327C"/>
     <w:rsid w:val="005243DF"/>
+    <w:rsid w:val="00524E7E"/>
     <w:rsid w:val="0052630C"/>
     <w:rsid w:val="0052655A"/>
     <w:rsid w:val="00530523"/>
     <w:rsid w:val="005314FA"/>
+    <w:rsid w:val="005317DD"/>
     <w:rsid w:val="00532660"/>
     <w:rsid w:val="00532EF8"/>
+    <w:rsid w:val="005331A3"/>
     <w:rsid w:val="00533A78"/>
     <w:rsid w:val="005347D4"/>
+    <w:rsid w:val="00534A76"/>
     <w:rsid w:val="00535EB6"/>
     <w:rsid w:val="0053683F"/>
     <w:rsid w:val="00542755"/>
     <w:rsid w:val="00542AC7"/>
     <w:rsid w:val="0054435C"/>
     <w:rsid w:val="00544AD6"/>
     <w:rsid w:val="00544FDC"/>
     <w:rsid w:val="005458D7"/>
     <w:rsid w:val="00545AFF"/>
     <w:rsid w:val="0054650B"/>
+    <w:rsid w:val="00546D12"/>
     <w:rsid w:val="00546F93"/>
     <w:rsid w:val="00547C36"/>
     <w:rsid w:val="00550735"/>
+    <w:rsid w:val="00551556"/>
     <w:rsid w:val="005519B4"/>
+    <w:rsid w:val="0055263E"/>
     <w:rsid w:val="00552E32"/>
     <w:rsid w:val="00554346"/>
     <w:rsid w:val="00555392"/>
+    <w:rsid w:val="00555DE2"/>
     <w:rsid w:val="00556FD9"/>
     <w:rsid w:val="00557227"/>
     <w:rsid w:val="00562704"/>
+    <w:rsid w:val="0056372E"/>
     <w:rsid w:val="0056399E"/>
     <w:rsid w:val="00563B7F"/>
     <w:rsid w:val="00564862"/>
     <w:rsid w:val="00565B43"/>
     <w:rsid w:val="00566100"/>
+    <w:rsid w:val="005666AF"/>
     <w:rsid w:val="005672E5"/>
     <w:rsid w:val="00567C2C"/>
     <w:rsid w:val="00570B1A"/>
     <w:rsid w:val="005730DF"/>
     <w:rsid w:val="00580E6E"/>
+    <w:rsid w:val="0058213E"/>
     <w:rsid w:val="005838A7"/>
     <w:rsid w:val="00584894"/>
     <w:rsid w:val="00584F80"/>
+    <w:rsid w:val="00585D17"/>
     <w:rsid w:val="00587A0B"/>
+    <w:rsid w:val="00590092"/>
     <w:rsid w:val="005917A4"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="00593288"/>
     <w:rsid w:val="0059384A"/>
     <w:rsid w:val="00593E6D"/>
     <w:rsid w:val="00595459"/>
     <w:rsid w:val="00596941"/>
     <w:rsid w:val="00597194"/>
     <w:rsid w:val="005A0314"/>
     <w:rsid w:val="005A13F9"/>
+    <w:rsid w:val="005A1A98"/>
     <w:rsid w:val="005A1DF4"/>
     <w:rsid w:val="005A2582"/>
     <w:rsid w:val="005A269C"/>
     <w:rsid w:val="005A2F34"/>
     <w:rsid w:val="005A3CA4"/>
+    <w:rsid w:val="005A4326"/>
     <w:rsid w:val="005A45EC"/>
     <w:rsid w:val="005A4A73"/>
     <w:rsid w:val="005A4BB0"/>
+    <w:rsid w:val="005A4BC8"/>
     <w:rsid w:val="005A5437"/>
     <w:rsid w:val="005A65AB"/>
     <w:rsid w:val="005A6D0F"/>
     <w:rsid w:val="005B06C9"/>
     <w:rsid w:val="005B25E9"/>
+    <w:rsid w:val="005B2FF3"/>
     <w:rsid w:val="005B386C"/>
+    <w:rsid w:val="005B478D"/>
     <w:rsid w:val="005B4923"/>
+    <w:rsid w:val="005C0161"/>
     <w:rsid w:val="005C1571"/>
     <w:rsid w:val="005C162B"/>
     <w:rsid w:val="005C2E3A"/>
     <w:rsid w:val="005C4905"/>
+    <w:rsid w:val="005C69FA"/>
     <w:rsid w:val="005C7B01"/>
     <w:rsid w:val="005D04C9"/>
     <w:rsid w:val="005D06EB"/>
+    <w:rsid w:val="005D09B9"/>
+    <w:rsid w:val="005D0B9E"/>
+    <w:rsid w:val="005D12E3"/>
+    <w:rsid w:val="005D1AF2"/>
     <w:rsid w:val="005D21DA"/>
     <w:rsid w:val="005D24F8"/>
     <w:rsid w:val="005D2937"/>
     <w:rsid w:val="005D3611"/>
     <w:rsid w:val="005D3D07"/>
     <w:rsid w:val="005D485C"/>
     <w:rsid w:val="005D4A34"/>
     <w:rsid w:val="005D50A0"/>
+    <w:rsid w:val="005D51F3"/>
     <w:rsid w:val="005D6C56"/>
     <w:rsid w:val="005D6CC0"/>
     <w:rsid w:val="005E04D6"/>
     <w:rsid w:val="005E0851"/>
+    <w:rsid w:val="005E15F4"/>
     <w:rsid w:val="005E2FF8"/>
     <w:rsid w:val="005E3C57"/>
     <w:rsid w:val="005E547D"/>
     <w:rsid w:val="005E56DB"/>
     <w:rsid w:val="005E5991"/>
     <w:rsid w:val="005E6531"/>
     <w:rsid w:val="005E722B"/>
     <w:rsid w:val="005E7296"/>
     <w:rsid w:val="005E7C1E"/>
     <w:rsid w:val="005F54BA"/>
     <w:rsid w:val="00600A36"/>
     <w:rsid w:val="00601383"/>
     <w:rsid w:val="006013AA"/>
     <w:rsid w:val="00601C8F"/>
     <w:rsid w:val="00601E8B"/>
     <w:rsid w:val="0060384C"/>
     <w:rsid w:val="00605E9A"/>
     <w:rsid w:val="00607E57"/>
     <w:rsid w:val="00610B43"/>
     <w:rsid w:val="00611395"/>
     <w:rsid w:val="006115E8"/>
     <w:rsid w:val="00612224"/>
+    <w:rsid w:val="00612890"/>
     <w:rsid w:val="0061423F"/>
     <w:rsid w:val="00614CE9"/>
     <w:rsid w:val="00615D54"/>
     <w:rsid w:val="006169E2"/>
+    <w:rsid w:val="00617517"/>
     <w:rsid w:val="00617D30"/>
+    <w:rsid w:val="006209F7"/>
     <w:rsid w:val="006224C3"/>
     <w:rsid w:val="00623745"/>
     <w:rsid w:val="00623DAC"/>
     <w:rsid w:val="00624925"/>
     <w:rsid w:val="00624C22"/>
+    <w:rsid w:val="0062676A"/>
+    <w:rsid w:val="00627A92"/>
     <w:rsid w:val="00627D1D"/>
     <w:rsid w:val="00627F75"/>
     <w:rsid w:val="0063006D"/>
     <w:rsid w:val="00631445"/>
     <w:rsid w:val="00631A5D"/>
     <w:rsid w:val="00632524"/>
     <w:rsid w:val="0063350C"/>
+    <w:rsid w:val="00633D4C"/>
     <w:rsid w:val="00634C8E"/>
     <w:rsid w:val="00636EC0"/>
     <w:rsid w:val="0063742C"/>
+    <w:rsid w:val="00640B18"/>
+    <w:rsid w:val="006410AD"/>
+    <w:rsid w:val="006437E5"/>
     <w:rsid w:val="00643A89"/>
     <w:rsid w:val="0064472A"/>
     <w:rsid w:val="006452F1"/>
     <w:rsid w:val="00645F9B"/>
     <w:rsid w:val="006467FC"/>
+    <w:rsid w:val="00646F89"/>
+    <w:rsid w:val="006470A4"/>
     <w:rsid w:val="00647D1F"/>
+    <w:rsid w:val="006526B9"/>
     <w:rsid w:val="00654322"/>
+    <w:rsid w:val="006543F7"/>
+    <w:rsid w:val="006544D8"/>
+    <w:rsid w:val="00654C44"/>
     <w:rsid w:val="006551E5"/>
     <w:rsid w:val="00655F0A"/>
     <w:rsid w:val="006564F1"/>
     <w:rsid w:val="006576D6"/>
     <w:rsid w:val="00657818"/>
     <w:rsid w:val="00661814"/>
+    <w:rsid w:val="0066371D"/>
     <w:rsid w:val="00663FF6"/>
     <w:rsid w:val="00665591"/>
     <w:rsid w:val="00665CE5"/>
     <w:rsid w:val="00666A8A"/>
     <w:rsid w:val="006706D2"/>
+    <w:rsid w:val="00670DC6"/>
     <w:rsid w:val="00671F87"/>
     <w:rsid w:val="00672696"/>
     <w:rsid w:val="0067399B"/>
     <w:rsid w:val="00674C40"/>
+    <w:rsid w:val="00675F6B"/>
     <w:rsid w:val="00677ADD"/>
     <w:rsid w:val="00677E80"/>
     <w:rsid w:val="00681C7F"/>
     <w:rsid w:val="00682BD3"/>
     <w:rsid w:val="006832FA"/>
     <w:rsid w:val="00684161"/>
     <w:rsid w:val="00684171"/>
     <w:rsid w:val="00684AD1"/>
     <w:rsid w:val="00685056"/>
     <w:rsid w:val="006855C3"/>
     <w:rsid w:val="006902B3"/>
     <w:rsid w:val="0069126A"/>
     <w:rsid w:val="00692D3C"/>
+    <w:rsid w:val="00692E55"/>
     <w:rsid w:val="006951D8"/>
+    <w:rsid w:val="00697E6D"/>
     <w:rsid w:val="006A0710"/>
+    <w:rsid w:val="006A2015"/>
     <w:rsid w:val="006A2211"/>
     <w:rsid w:val="006A4222"/>
+    <w:rsid w:val="006A4732"/>
     <w:rsid w:val="006A47AB"/>
+    <w:rsid w:val="006A53FD"/>
+    <w:rsid w:val="006A5542"/>
     <w:rsid w:val="006A6C36"/>
+    <w:rsid w:val="006A6CF1"/>
+    <w:rsid w:val="006B01C2"/>
+    <w:rsid w:val="006B1472"/>
     <w:rsid w:val="006B274F"/>
+    <w:rsid w:val="006B2A14"/>
     <w:rsid w:val="006B316E"/>
     <w:rsid w:val="006B3ED6"/>
+    <w:rsid w:val="006B600B"/>
     <w:rsid w:val="006B632F"/>
     <w:rsid w:val="006B64F9"/>
+    <w:rsid w:val="006B68C2"/>
     <w:rsid w:val="006B6B2E"/>
     <w:rsid w:val="006C08EE"/>
     <w:rsid w:val="006C09CE"/>
     <w:rsid w:val="006C2320"/>
     <w:rsid w:val="006C257C"/>
     <w:rsid w:val="006C48D5"/>
+    <w:rsid w:val="006C4B67"/>
+    <w:rsid w:val="006C5923"/>
     <w:rsid w:val="006C5F13"/>
+    <w:rsid w:val="006C5F1C"/>
     <w:rsid w:val="006C6118"/>
     <w:rsid w:val="006C6974"/>
+    <w:rsid w:val="006C767C"/>
     <w:rsid w:val="006D0484"/>
     <w:rsid w:val="006D11B9"/>
+    <w:rsid w:val="006D195A"/>
     <w:rsid w:val="006D26AB"/>
     <w:rsid w:val="006D3362"/>
     <w:rsid w:val="006D39BE"/>
     <w:rsid w:val="006D4366"/>
     <w:rsid w:val="006D5A3D"/>
     <w:rsid w:val="006D6F13"/>
     <w:rsid w:val="006D7824"/>
+    <w:rsid w:val="006D7B00"/>
     <w:rsid w:val="006E110F"/>
+    <w:rsid w:val="006E1A0F"/>
+    <w:rsid w:val="006E2DA8"/>
     <w:rsid w:val="006E30A3"/>
+    <w:rsid w:val="006E40A4"/>
     <w:rsid w:val="006E4CCB"/>
+    <w:rsid w:val="006E57F2"/>
     <w:rsid w:val="006E5F2D"/>
     <w:rsid w:val="006E660A"/>
     <w:rsid w:val="006E7042"/>
     <w:rsid w:val="006E745B"/>
+    <w:rsid w:val="006E74DF"/>
+    <w:rsid w:val="006E7712"/>
     <w:rsid w:val="006F51A5"/>
     <w:rsid w:val="006F5873"/>
     <w:rsid w:val="006F5F17"/>
     <w:rsid w:val="006F6327"/>
+    <w:rsid w:val="006F6CB8"/>
+    <w:rsid w:val="006F791B"/>
     <w:rsid w:val="00700ECB"/>
     <w:rsid w:val="00701946"/>
+    <w:rsid w:val="007032E9"/>
     <w:rsid w:val="007049D9"/>
+    <w:rsid w:val="0070558B"/>
     <w:rsid w:val="007066E5"/>
     <w:rsid w:val="00706B56"/>
     <w:rsid w:val="00707090"/>
+    <w:rsid w:val="007075B0"/>
     <w:rsid w:val="00707F36"/>
     <w:rsid w:val="00710749"/>
     <w:rsid w:val="00710A0F"/>
+    <w:rsid w:val="00710BE0"/>
     <w:rsid w:val="007124C7"/>
+    <w:rsid w:val="00713F9A"/>
+    <w:rsid w:val="007171F8"/>
     <w:rsid w:val="00717A28"/>
     <w:rsid w:val="00717C6B"/>
     <w:rsid w:val="007206B7"/>
     <w:rsid w:val="00721633"/>
     <w:rsid w:val="007236D5"/>
     <w:rsid w:val="00723C92"/>
     <w:rsid w:val="00725F2B"/>
+    <w:rsid w:val="00726058"/>
     <w:rsid w:val="00727F14"/>
     <w:rsid w:val="007312C6"/>
+    <w:rsid w:val="00731808"/>
     <w:rsid w:val="00732181"/>
     <w:rsid w:val="00732367"/>
     <w:rsid w:val="00732487"/>
     <w:rsid w:val="0073278E"/>
     <w:rsid w:val="00732C90"/>
     <w:rsid w:val="007338B0"/>
     <w:rsid w:val="0073541E"/>
     <w:rsid w:val="00735B32"/>
+    <w:rsid w:val="007370AF"/>
     <w:rsid w:val="00740D17"/>
     <w:rsid w:val="00740DEF"/>
+    <w:rsid w:val="0074239B"/>
     <w:rsid w:val="00742CC2"/>
     <w:rsid w:val="00742EED"/>
     <w:rsid w:val="007453C6"/>
+    <w:rsid w:val="00746E1E"/>
+    <w:rsid w:val="00747958"/>
+    <w:rsid w:val="00750E1F"/>
     <w:rsid w:val="00751776"/>
     <w:rsid w:val="00753CC8"/>
     <w:rsid w:val="007541E5"/>
     <w:rsid w:val="00755B91"/>
     <w:rsid w:val="00755E65"/>
     <w:rsid w:val="00756C91"/>
     <w:rsid w:val="00757A76"/>
     <w:rsid w:val="00761E8A"/>
+    <w:rsid w:val="00764D90"/>
+    <w:rsid w:val="00765F40"/>
+    <w:rsid w:val="00766C87"/>
     <w:rsid w:val="00766EA8"/>
     <w:rsid w:val="00770D2B"/>
     <w:rsid w:val="00770D8F"/>
     <w:rsid w:val="00771864"/>
     <w:rsid w:val="00771913"/>
     <w:rsid w:val="007720D5"/>
+    <w:rsid w:val="007725FE"/>
+    <w:rsid w:val="00773278"/>
     <w:rsid w:val="007751D2"/>
+    <w:rsid w:val="00775F35"/>
     <w:rsid w:val="0077624B"/>
     <w:rsid w:val="00777742"/>
     <w:rsid w:val="007800F5"/>
+    <w:rsid w:val="00780917"/>
+    <w:rsid w:val="00780DFA"/>
     <w:rsid w:val="00780E05"/>
     <w:rsid w:val="00783679"/>
     <w:rsid w:val="0078413F"/>
     <w:rsid w:val="00784CC4"/>
     <w:rsid w:val="007853C6"/>
     <w:rsid w:val="00785409"/>
     <w:rsid w:val="00785429"/>
+    <w:rsid w:val="0078640E"/>
+    <w:rsid w:val="00786C85"/>
+    <w:rsid w:val="00786D08"/>
     <w:rsid w:val="00791168"/>
     <w:rsid w:val="007927F9"/>
     <w:rsid w:val="0079483F"/>
     <w:rsid w:val="00795C0E"/>
     <w:rsid w:val="00796CC8"/>
     <w:rsid w:val="00797C09"/>
     <w:rsid w:val="007A3CD4"/>
     <w:rsid w:val="007A49EB"/>
     <w:rsid w:val="007A717C"/>
     <w:rsid w:val="007A7239"/>
+    <w:rsid w:val="007A7677"/>
     <w:rsid w:val="007B0257"/>
     <w:rsid w:val="007B11EE"/>
     <w:rsid w:val="007B1327"/>
     <w:rsid w:val="007B203E"/>
     <w:rsid w:val="007B286C"/>
     <w:rsid w:val="007B29B9"/>
     <w:rsid w:val="007B3080"/>
     <w:rsid w:val="007B3B86"/>
     <w:rsid w:val="007B43A2"/>
     <w:rsid w:val="007B4AC9"/>
     <w:rsid w:val="007B597A"/>
     <w:rsid w:val="007B659F"/>
     <w:rsid w:val="007B6C38"/>
+    <w:rsid w:val="007B7ED2"/>
+    <w:rsid w:val="007C1150"/>
+    <w:rsid w:val="007C11DC"/>
     <w:rsid w:val="007C19F6"/>
     <w:rsid w:val="007C219F"/>
+    <w:rsid w:val="007C40D4"/>
     <w:rsid w:val="007C41DE"/>
     <w:rsid w:val="007C59A1"/>
     <w:rsid w:val="007C60CC"/>
     <w:rsid w:val="007C73F3"/>
+    <w:rsid w:val="007C76D2"/>
     <w:rsid w:val="007C7BF5"/>
     <w:rsid w:val="007D0152"/>
     <w:rsid w:val="007D07B4"/>
     <w:rsid w:val="007D0CE5"/>
     <w:rsid w:val="007D33E9"/>
     <w:rsid w:val="007D3E20"/>
     <w:rsid w:val="007D7C54"/>
+    <w:rsid w:val="007E0836"/>
     <w:rsid w:val="007E21B5"/>
+    <w:rsid w:val="007E2799"/>
     <w:rsid w:val="007E2F14"/>
     <w:rsid w:val="007E30B9"/>
     <w:rsid w:val="007E3573"/>
     <w:rsid w:val="007E35DF"/>
+    <w:rsid w:val="007E38A6"/>
     <w:rsid w:val="007E5CA2"/>
     <w:rsid w:val="007E5F2E"/>
     <w:rsid w:val="007E5FAB"/>
     <w:rsid w:val="007E6710"/>
     <w:rsid w:val="007E6736"/>
     <w:rsid w:val="007E6CF7"/>
     <w:rsid w:val="007F3341"/>
+    <w:rsid w:val="007F3A12"/>
     <w:rsid w:val="007F49F8"/>
     <w:rsid w:val="007F4E32"/>
     <w:rsid w:val="007F6087"/>
     <w:rsid w:val="007F7C3B"/>
     <w:rsid w:val="00803AF3"/>
     <w:rsid w:val="00803DF4"/>
     <w:rsid w:val="00804344"/>
     <w:rsid w:val="0080435E"/>
     <w:rsid w:val="008044FC"/>
+    <w:rsid w:val="0080520E"/>
     <w:rsid w:val="008052D3"/>
+    <w:rsid w:val="00805B34"/>
     <w:rsid w:val="0080699F"/>
     <w:rsid w:val="008074A6"/>
+    <w:rsid w:val="00807692"/>
     <w:rsid w:val="00807B98"/>
+    <w:rsid w:val="00807F0F"/>
     <w:rsid w:val="00807F10"/>
     <w:rsid w:val="0081137B"/>
     <w:rsid w:val="0081176C"/>
+    <w:rsid w:val="00813555"/>
+    <w:rsid w:val="00813BE3"/>
     <w:rsid w:val="0081473D"/>
     <w:rsid w:val="00815226"/>
     <w:rsid w:val="0081600B"/>
     <w:rsid w:val="008164A3"/>
+    <w:rsid w:val="00817424"/>
     <w:rsid w:val="00821D55"/>
+    <w:rsid w:val="008221F9"/>
+    <w:rsid w:val="008240CF"/>
     <w:rsid w:val="008246C6"/>
+    <w:rsid w:val="00824B1F"/>
     <w:rsid w:val="00824F4D"/>
     <w:rsid w:val="008255F7"/>
     <w:rsid w:val="00825C29"/>
     <w:rsid w:val="00827DF5"/>
+    <w:rsid w:val="00831849"/>
+    <w:rsid w:val="00833214"/>
     <w:rsid w:val="00834167"/>
+    <w:rsid w:val="0083530D"/>
+    <w:rsid w:val="008353B7"/>
     <w:rsid w:val="00835A02"/>
     <w:rsid w:val="00835E03"/>
     <w:rsid w:val="0083630E"/>
     <w:rsid w:val="00843785"/>
+    <w:rsid w:val="00843BAB"/>
     <w:rsid w:val="0084459E"/>
     <w:rsid w:val="00844DA1"/>
     <w:rsid w:val="008473CD"/>
     <w:rsid w:val="008473EF"/>
     <w:rsid w:val="008500D0"/>
+    <w:rsid w:val="008501EA"/>
     <w:rsid w:val="0085352A"/>
     <w:rsid w:val="0085354A"/>
     <w:rsid w:val="00853977"/>
     <w:rsid w:val="008539C4"/>
     <w:rsid w:val="008543B2"/>
     <w:rsid w:val="00855C38"/>
     <w:rsid w:val="008567B4"/>
     <w:rsid w:val="00856972"/>
     <w:rsid w:val="00856DFD"/>
     <w:rsid w:val="00856E27"/>
     <w:rsid w:val="008576DD"/>
     <w:rsid w:val="00857F5B"/>
     <w:rsid w:val="0086161C"/>
+    <w:rsid w:val="00861FC1"/>
     <w:rsid w:val="0086293B"/>
     <w:rsid w:val="00862ABC"/>
     <w:rsid w:val="008642CC"/>
+    <w:rsid w:val="008653DC"/>
     <w:rsid w:val="008675F9"/>
     <w:rsid w:val="00867985"/>
     <w:rsid w:val="00870FD6"/>
     <w:rsid w:val="00871086"/>
     <w:rsid w:val="00871606"/>
     <w:rsid w:val="00871DBF"/>
     <w:rsid w:val="00873A6A"/>
     <w:rsid w:val="00873BDF"/>
     <w:rsid w:val="00876476"/>
     <w:rsid w:val="00876D7C"/>
     <w:rsid w:val="00877C99"/>
+    <w:rsid w:val="00877DB5"/>
     <w:rsid w:val="00882827"/>
+    <w:rsid w:val="00882C3A"/>
     <w:rsid w:val="008858F2"/>
     <w:rsid w:val="00885DDE"/>
     <w:rsid w:val="0088650D"/>
     <w:rsid w:val="00886EEB"/>
+    <w:rsid w:val="00890AE0"/>
     <w:rsid w:val="0089126D"/>
     <w:rsid w:val="00892CB3"/>
     <w:rsid w:val="008930B5"/>
     <w:rsid w:val="008947D6"/>
     <w:rsid w:val="008958CA"/>
     <w:rsid w:val="00895DCC"/>
     <w:rsid w:val="00895F55"/>
     <w:rsid w:val="00896A26"/>
     <w:rsid w:val="00897AF2"/>
+    <w:rsid w:val="008A07DE"/>
     <w:rsid w:val="008A17B5"/>
     <w:rsid w:val="008A261F"/>
     <w:rsid w:val="008A2D44"/>
     <w:rsid w:val="008A4543"/>
     <w:rsid w:val="008A4ADC"/>
     <w:rsid w:val="008A508B"/>
     <w:rsid w:val="008A7944"/>
+    <w:rsid w:val="008B00BC"/>
     <w:rsid w:val="008B15C3"/>
     <w:rsid w:val="008B1F91"/>
     <w:rsid w:val="008B5865"/>
     <w:rsid w:val="008B7036"/>
     <w:rsid w:val="008C0AD9"/>
     <w:rsid w:val="008C20A3"/>
+    <w:rsid w:val="008C269D"/>
+    <w:rsid w:val="008C2ACB"/>
     <w:rsid w:val="008C337A"/>
     <w:rsid w:val="008C42A5"/>
     <w:rsid w:val="008C57C2"/>
     <w:rsid w:val="008C5EF4"/>
     <w:rsid w:val="008C656E"/>
     <w:rsid w:val="008C662D"/>
     <w:rsid w:val="008C6B36"/>
     <w:rsid w:val="008C7350"/>
     <w:rsid w:val="008D1415"/>
+    <w:rsid w:val="008D21C0"/>
+    <w:rsid w:val="008D2C7C"/>
     <w:rsid w:val="008D2E05"/>
     <w:rsid w:val="008D34F4"/>
     <w:rsid w:val="008D38D3"/>
     <w:rsid w:val="008D69E4"/>
+    <w:rsid w:val="008D7330"/>
+    <w:rsid w:val="008D7D85"/>
     <w:rsid w:val="008D7F20"/>
     <w:rsid w:val="008E024F"/>
     <w:rsid w:val="008E04CE"/>
     <w:rsid w:val="008E17AF"/>
     <w:rsid w:val="008E1AD0"/>
+    <w:rsid w:val="008E1CE2"/>
     <w:rsid w:val="008E32EE"/>
     <w:rsid w:val="008E505C"/>
     <w:rsid w:val="008E644A"/>
     <w:rsid w:val="008E7F95"/>
     <w:rsid w:val="008F0798"/>
     <w:rsid w:val="008F1706"/>
+    <w:rsid w:val="008F1CBC"/>
     <w:rsid w:val="008F1D4F"/>
     <w:rsid w:val="008F230B"/>
+    <w:rsid w:val="008F29E7"/>
     <w:rsid w:val="008F3D2D"/>
+    <w:rsid w:val="008F4D5A"/>
     <w:rsid w:val="008F5E8C"/>
+    <w:rsid w:val="008F7A0C"/>
     <w:rsid w:val="008F7B08"/>
     <w:rsid w:val="00900BB2"/>
     <w:rsid w:val="00901CFC"/>
     <w:rsid w:val="00902780"/>
     <w:rsid w:val="0090354C"/>
     <w:rsid w:val="00903568"/>
+    <w:rsid w:val="00904B61"/>
     <w:rsid w:val="0090710F"/>
+    <w:rsid w:val="00910688"/>
     <w:rsid w:val="00910C57"/>
     <w:rsid w:val="00911D32"/>
     <w:rsid w:val="009147CE"/>
     <w:rsid w:val="00914B8F"/>
     <w:rsid w:val="00915A09"/>
+    <w:rsid w:val="0091630C"/>
+    <w:rsid w:val="00920569"/>
+    <w:rsid w:val="009211D8"/>
     <w:rsid w:val="0092296F"/>
+    <w:rsid w:val="0092324A"/>
     <w:rsid w:val="0092429E"/>
     <w:rsid w:val="0092525E"/>
+    <w:rsid w:val="00926C1B"/>
+    <w:rsid w:val="009271BE"/>
     <w:rsid w:val="00927A8B"/>
     <w:rsid w:val="009304C6"/>
     <w:rsid w:val="0093128B"/>
     <w:rsid w:val="009312C8"/>
     <w:rsid w:val="0093211A"/>
     <w:rsid w:val="00935587"/>
     <w:rsid w:val="009357F6"/>
+    <w:rsid w:val="00940AD9"/>
     <w:rsid w:val="00941944"/>
+    <w:rsid w:val="009422F9"/>
     <w:rsid w:val="009435B4"/>
     <w:rsid w:val="00943D86"/>
     <w:rsid w:val="00945280"/>
     <w:rsid w:val="00945A62"/>
     <w:rsid w:val="009462E6"/>
     <w:rsid w:val="00950042"/>
     <w:rsid w:val="0095145C"/>
     <w:rsid w:val="00952427"/>
     <w:rsid w:val="00953E11"/>
     <w:rsid w:val="00953E9F"/>
     <w:rsid w:val="009558AA"/>
     <w:rsid w:val="00956D46"/>
     <w:rsid w:val="0095792F"/>
     <w:rsid w:val="00957D73"/>
     <w:rsid w:val="0096057D"/>
     <w:rsid w:val="00960B75"/>
     <w:rsid w:val="00961B10"/>
     <w:rsid w:val="009631DC"/>
     <w:rsid w:val="00964EAD"/>
     <w:rsid w:val="00965308"/>
+    <w:rsid w:val="009658FB"/>
     <w:rsid w:val="00970591"/>
     <w:rsid w:val="00972709"/>
     <w:rsid w:val="00973783"/>
     <w:rsid w:val="0097560D"/>
     <w:rsid w:val="00976D96"/>
     <w:rsid w:val="00976EE9"/>
     <w:rsid w:val="0097722D"/>
     <w:rsid w:val="0098174E"/>
     <w:rsid w:val="0098306D"/>
     <w:rsid w:val="009833A6"/>
+    <w:rsid w:val="009843BC"/>
     <w:rsid w:val="00984D00"/>
     <w:rsid w:val="009854A0"/>
     <w:rsid w:val="0098560E"/>
     <w:rsid w:val="00985DF7"/>
     <w:rsid w:val="009873FF"/>
     <w:rsid w:val="0099078D"/>
     <w:rsid w:val="00990A20"/>
     <w:rsid w:val="00990AB9"/>
     <w:rsid w:val="00991514"/>
     <w:rsid w:val="00991DBA"/>
     <w:rsid w:val="00992170"/>
+    <w:rsid w:val="00992817"/>
     <w:rsid w:val="009954F7"/>
     <w:rsid w:val="00995B1B"/>
     <w:rsid w:val="00995EA4"/>
     <w:rsid w:val="00996070"/>
     <w:rsid w:val="009967CC"/>
     <w:rsid w:val="00996B06"/>
     <w:rsid w:val="00997012"/>
     <w:rsid w:val="009979AE"/>
     <w:rsid w:val="009A31E4"/>
     <w:rsid w:val="009A3D5B"/>
     <w:rsid w:val="009A63F9"/>
     <w:rsid w:val="009A75FF"/>
+    <w:rsid w:val="009B04B8"/>
     <w:rsid w:val="009B066D"/>
     <w:rsid w:val="009B201C"/>
+    <w:rsid w:val="009B20C9"/>
     <w:rsid w:val="009B432C"/>
+    <w:rsid w:val="009B46B7"/>
     <w:rsid w:val="009B4F1D"/>
     <w:rsid w:val="009B67A5"/>
+    <w:rsid w:val="009B680F"/>
     <w:rsid w:val="009C01F6"/>
     <w:rsid w:val="009C197E"/>
     <w:rsid w:val="009C2066"/>
     <w:rsid w:val="009C37DD"/>
     <w:rsid w:val="009C4712"/>
+    <w:rsid w:val="009C58AF"/>
     <w:rsid w:val="009C6A99"/>
     <w:rsid w:val="009C7974"/>
     <w:rsid w:val="009D022A"/>
     <w:rsid w:val="009D0269"/>
+    <w:rsid w:val="009D2AF8"/>
+    <w:rsid w:val="009D2BA9"/>
     <w:rsid w:val="009D2C6F"/>
     <w:rsid w:val="009D42F0"/>
+    <w:rsid w:val="009D572A"/>
     <w:rsid w:val="009D6540"/>
     <w:rsid w:val="009D7E3B"/>
     <w:rsid w:val="009E1845"/>
     <w:rsid w:val="009E2100"/>
     <w:rsid w:val="009E2B3A"/>
+    <w:rsid w:val="009E2C5E"/>
     <w:rsid w:val="009E5FD5"/>
     <w:rsid w:val="009E6A89"/>
     <w:rsid w:val="009E7310"/>
     <w:rsid w:val="009E7BFC"/>
     <w:rsid w:val="009F110F"/>
     <w:rsid w:val="009F1905"/>
     <w:rsid w:val="009F1D1B"/>
     <w:rsid w:val="009F1DFC"/>
     <w:rsid w:val="009F2CBF"/>
+    <w:rsid w:val="009F52D7"/>
     <w:rsid w:val="009F72E7"/>
+    <w:rsid w:val="009F7D10"/>
     <w:rsid w:val="00A004D2"/>
     <w:rsid w:val="00A00C08"/>
     <w:rsid w:val="00A01644"/>
+    <w:rsid w:val="00A03AD8"/>
+    <w:rsid w:val="00A03BE2"/>
     <w:rsid w:val="00A04DCA"/>
     <w:rsid w:val="00A05657"/>
     <w:rsid w:val="00A05B66"/>
     <w:rsid w:val="00A06255"/>
+    <w:rsid w:val="00A069E7"/>
     <w:rsid w:val="00A06AE5"/>
+    <w:rsid w:val="00A12819"/>
     <w:rsid w:val="00A147C4"/>
     <w:rsid w:val="00A1559E"/>
     <w:rsid w:val="00A16528"/>
     <w:rsid w:val="00A20884"/>
     <w:rsid w:val="00A22163"/>
     <w:rsid w:val="00A235B1"/>
     <w:rsid w:val="00A23E2A"/>
     <w:rsid w:val="00A24F94"/>
     <w:rsid w:val="00A27ABC"/>
     <w:rsid w:val="00A31B28"/>
     <w:rsid w:val="00A33A4C"/>
     <w:rsid w:val="00A3469D"/>
     <w:rsid w:val="00A349FE"/>
     <w:rsid w:val="00A34FF3"/>
     <w:rsid w:val="00A35910"/>
     <w:rsid w:val="00A36F2C"/>
     <w:rsid w:val="00A40808"/>
     <w:rsid w:val="00A4096B"/>
     <w:rsid w:val="00A412F9"/>
     <w:rsid w:val="00A413C1"/>
     <w:rsid w:val="00A4173D"/>
+    <w:rsid w:val="00A4282D"/>
     <w:rsid w:val="00A42F6D"/>
     <w:rsid w:val="00A43608"/>
     <w:rsid w:val="00A43C5B"/>
     <w:rsid w:val="00A440CB"/>
     <w:rsid w:val="00A44795"/>
+    <w:rsid w:val="00A47FFA"/>
     <w:rsid w:val="00A506A8"/>
     <w:rsid w:val="00A50B3D"/>
     <w:rsid w:val="00A51FCC"/>
+    <w:rsid w:val="00A52A81"/>
+    <w:rsid w:val="00A53FC9"/>
     <w:rsid w:val="00A54752"/>
-    <w:rsid w:val="00A54FF0"/>
     <w:rsid w:val="00A557AE"/>
     <w:rsid w:val="00A55B09"/>
     <w:rsid w:val="00A56CF1"/>
     <w:rsid w:val="00A62E44"/>
     <w:rsid w:val="00A65288"/>
+    <w:rsid w:val="00A660FF"/>
     <w:rsid w:val="00A66205"/>
     <w:rsid w:val="00A662F5"/>
+    <w:rsid w:val="00A667CA"/>
     <w:rsid w:val="00A66DBD"/>
     <w:rsid w:val="00A6702A"/>
     <w:rsid w:val="00A70578"/>
     <w:rsid w:val="00A711F7"/>
     <w:rsid w:val="00A71BD2"/>
     <w:rsid w:val="00A71CCA"/>
     <w:rsid w:val="00A72151"/>
     <w:rsid w:val="00A7262B"/>
     <w:rsid w:val="00A73112"/>
     <w:rsid w:val="00A7380C"/>
     <w:rsid w:val="00A743EA"/>
     <w:rsid w:val="00A753DD"/>
+    <w:rsid w:val="00A777B4"/>
     <w:rsid w:val="00A77F40"/>
+    <w:rsid w:val="00A813AD"/>
     <w:rsid w:val="00A826A4"/>
     <w:rsid w:val="00A83D06"/>
+    <w:rsid w:val="00A8410C"/>
     <w:rsid w:val="00A85958"/>
     <w:rsid w:val="00A859AC"/>
     <w:rsid w:val="00A86E20"/>
     <w:rsid w:val="00A873C5"/>
     <w:rsid w:val="00A90962"/>
     <w:rsid w:val="00A9116E"/>
     <w:rsid w:val="00A94177"/>
     <w:rsid w:val="00A94D17"/>
     <w:rsid w:val="00A97982"/>
     <w:rsid w:val="00A97EFB"/>
     <w:rsid w:val="00AA10DC"/>
     <w:rsid w:val="00AA36EE"/>
     <w:rsid w:val="00AA50F6"/>
+    <w:rsid w:val="00AA5E0A"/>
+    <w:rsid w:val="00AA5EA1"/>
     <w:rsid w:val="00AB0E74"/>
+    <w:rsid w:val="00AB2FAE"/>
+    <w:rsid w:val="00AB38DA"/>
     <w:rsid w:val="00AB4B9F"/>
     <w:rsid w:val="00AB55FA"/>
     <w:rsid w:val="00AB599B"/>
     <w:rsid w:val="00AB70FD"/>
     <w:rsid w:val="00AC0292"/>
     <w:rsid w:val="00AC0B1C"/>
     <w:rsid w:val="00AC0F25"/>
     <w:rsid w:val="00AC2088"/>
     <w:rsid w:val="00AC5F5A"/>
     <w:rsid w:val="00AC7EAE"/>
     <w:rsid w:val="00AD0EB0"/>
     <w:rsid w:val="00AD15A0"/>
     <w:rsid w:val="00AD1FFE"/>
+    <w:rsid w:val="00AD3C34"/>
     <w:rsid w:val="00AD5615"/>
     <w:rsid w:val="00AD631C"/>
+    <w:rsid w:val="00AD68BA"/>
     <w:rsid w:val="00AE04CB"/>
     <w:rsid w:val="00AE15E9"/>
+    <w:rsid w:val="00AE502E"/>
+    <w:rsid w:val="00AE51B4"/>
+    <w:rsid w:val="00AE5981"/>
     <w:rsid w:val="00AE5ABA"/>
     <w:rsid w:val="00AE67C9"/>
     <w:rsid w:val="00AE775E"/>
     <w:rsid w:val="00AE7A29"/>
     <w:rsid w:val="00AF1E98"/>
     <w:rsid w:val="00AF3948"/>
     <w:rsid w:val="00AF4232"/>
     <w:rsid w:val="00AF45AD"/>
+    <w:rsid w:val="00B004FE"/>
+    <w:rsid w:val="00B00D3F"/>
     <w:rsid w:val="00B014DF"/>
     <w:rsid w:val="00B01676"/>
     <w:rsid w:val="00B01AF5"/>
     <w:rsid w:val="00B0267E"/>
     <w:rsid w:val="00B04956"/>
     <w:rsid w:val="00B04AF1"/>
     <w:rsid w:val="00B05A32"/>
     <w:rsid w:val="00B05A41"/>
     <w:rsid w:val="00B05F70"/>
     <w:rsid w:val="00B064FD"/>
     <w:rsid w:val="00B06A03"/>
     <w:rsid w:val="00B079A3"/>
     <w:rsid w:val="00B10ECC"/>
     <w:rsid w:val="00B1216F"/>
     <w:rsid w:val="00B1300A"/>
+    <w:rsid w:val="00B13608"/>
+    <w:rsid w:val="00B14E30"/>
     <w:rsid w:val="00B16DAB"/>
+    <w:rsid w:val="00B16E4D"/>
     <w:rsid w:val="00B1754F"/>
     <w:rsid w:val="00B17A1A"/>
     <w:rsid w:val="00B20126"/>
+    <w:rsid w:val="00B2070F"/>
+    <w:rsid w:val="00B20B5E"/>
+    <w:rsid w:val="00B2135F"/>
     <w:rsid w:val="00B21F0A"/>
     <w:rsid w:val="00B22441"/>
     <w:rsid w:val="00B24D31"/>
     <w:rsid w:val="00B2588F"/>
+    <w:rsid w:val="00B26C18"/>
+    <w:rsid w:val="00B2777C"/>
     <w:rsid w:val="00B30954"/>
+    <w:rsid w:val="00B30FE6"/>
     <w:rsid w:val="00B317DB"/>
     <w:rsid w:val="00B31F22"/>
     <w:rsid w:val="00B32DC1"/>
     <w:rsid w:val="00B33C2C"/>
     <w:rsid w:val="00B340F9"/>
     <w:rsid w:val="00B35C0B"/>
     <w:rsid w:val="00B36771"/>
     <w:rsid w:val="00B36BFF"/>
     <w:rsid w:val="00B40D14"/>
+    <w:rsid w:val="00B41270"/>
     <w:rsid w:val="00B41B14"/>
     <w:rsid w:val="00B42C05"/>
     <w:rsid w:val="00B42D8C"/>
     <w:rsid w:val="00B43495"/>
     <w:rsid w:val="00B44267"/>
     <w:rsid w:val="00B448A8"/>
     <w:rsid w:val="00B45593"/>
     <w:rsid w:val="00B47E97"/>
     <w:rsid w:val="00B549ED"/>
     <w:rsid w:val="00B54AE5"/>
     <w:rsid w:val="00B54EA8"/>
     <w:rsid w:val="00B55245"/>
     <w:rsid w:val="00B607FA"/>
     <w:rsid w:val="00B623E3"/>
     <w:rsid w:val="00B63A10"/>
+    <w:rsid w:val="00B65248"/>
     <w:rsid w:val="00B65371"/>
     <w:rsid w:val="00B656DC"/>
     <w:rsid w:val="00B66B82"/>
     <w:rsid w:val="00B72B4D"/>
+    <w:rsid w:val="00B73086"/>
     <w:rsid w:val="00B73365"/>
     <w:rsid w:val="00B7364B"/>
     <w:rsid w:val="00B73B68"/>
     <w:rsid w:val="00B745EE"/>
     <w:rsid w:val="00B81A76"/>
     <w:rsid w:val="00B84A33"/>
+    <w:rsid w:val="00B8502D"/>
+    <w:rsid w:val="00B8509D"/>
     <w:rsid w:val="00B86FF2"/>
     <w:rsid w:val="00B87517"/>
     <w:rsid w:val="00B9059C"/>
+    <w:rsid w:val="00B934EF"/>
     <w:rsid w:val="00B938D9"/>
     <w:rsid w:val="00B939FC"/>
     <w:rsid w:val="00B94CCE"/>
     <w:rsid w:val="00B97897"/>
     <w:rsid w:val="00BA085A"/>
+    <w:rsid w:val="00BA27FA"/>
     <w:rsid w:val="00BA284D"/>
     <w:rsid w:val="00BA4541"/>
     <w:rsid w:val="00BA45AF"/>
     <w:rsid w:val="00BA47A8"/>
+    <w:rsid w:val="00BA572D"/>
     <w:rsid w:val="00BA655A"/>
     <w:rsid w:val="00BB03AB"/>
     <w:rsid w:val="00BB0D90"/>
     <w:rsid w:val="00BB2D5D"/>
     <w:rsid w:val="00BB3AE5"/>
+    <w:rsid w:val="00BB3C7B"/>
     <w:rsid w:val="00BB5AF0"/>
     <w:rsid w:val="00BB6BD6"/>
     <w:rsid w:val="00BB6C8E"/>
     <w:rsid w:val="00BB774D"/>
+    <w:rsid w:val="00BC09ED"/>
     <w:rsid w:val="00BC2D28"/>
     <w:rsid w:val="00BC3461"/>
     <w:rsid w:val="00BC4575"/>
     <w:rsid w:val="00BC4805"/>
     <w:rsid w:val="00BC50A2"/>
     <w:rsid w:val="00BC57DB"/>
+    <w:rsid w:val="00BC6258"/>
     <w:rsid w:val="00BC6A58"/>
     <w:rsid w:val="00BD0057"/>
     <w:rsid w:val="00BD1467"/>
     <w:rsid w:val="00BD1BCF"/>
     <w:rsid w:val="00BD25C6"/>
     <w:rsid w:val="00BD2CF4"/>
     <w:rsid w:val="00BD3E59"/>
+    <w:rsid w:val="00BD4116"/>
     <w:rsid w:val="00BD465C"/>
+    <w:rsid w:val="00BD505F"/>
     <w:rsid w:val="00BD625D"/>
     <w:rsid w:val="00BD6BED"/>
     <w:rsid w:val="00BD7D68"/>
     <w:rsid w:val="00BD7E05"/>
     <w:rsid w:val="00BE001A"/>
+    <w:rsid w:val="00BE07CE"/>
     <w:rsid w:val="00BE2FA9"/>
     <w:rsid w:val="00BE3013"/>
+    <w:rsid w:val="00BE4418"/>
     <w:rsid w:val="00BE4E9D"/>
+    <w:rsid w:val="00BE6EB1"/>
+    <w:rsid w:val="00BE7BA3"/>
     <w:rsid w:val="00BF0731"/>
     <w:rsid w:val="00BF11BA"/>
     <w:rsid w:val="00BF14EB"/>
     <w:rsid w:val="00BF31F9"/>
     <w:rsid w:val="00BF5D73"/>
     <w:rsid w:val="00BF6EA9"/>
+    <w:rsid w:val="00BF78B1"/>
     <w:rsid w:val="00BF78D8"/>
     <w:rsid w:val="00C0070D"/>
     <w:rsid w:val="00C0095F"/>
     <w:rsid w:val="00C018D1"/>
+    <w:rsid w:val="00C03E15"/>
     <w:rsid w:val="00C04B01"/>
+    <w:rsid w:val="00C06CF4"/>
     <w:rsid w:val="00C07306"/>
+    <w:rsid w:val="00C07AE5"/>
     <w:rsid w:val="00C10001"/>
     <w:rsid w:val="00C10289"/>
+    <w:rsid w:val="00C11410"/>
     <w:rsid w:val="00C1142A"/>
     <w:rsid w:val="00C123EC"/>
     <w:rsid w:val="00C12DF6"/>
     <w:rsid w:val="00C13FFF"/>
     <w:rsid w:val="00C1526E"/>
     <w:rsid w:val="00C15E99"/>
     <w:rsid w:val="00C166FF"/>
     <w:rsid w:val="00C213D3"/>
     <w:rsid w:val="00C22FAE"/>
     <w:rsid w:val="00C237DA"/>
     <w:rsid w:val="00C23EB3"/>
     <w:rsid w:val="00C27B66"/>
     <w:rsid w:val="00C307DA"/>
     <w:rsid w:val="00C32A72"/>
     <w:rsid w:val="00C34343"/>
     <w:rsid w:val="00C410AE"/>
     <w:rsid w:val="00C410D3"/>
     <w:rsid w:val="00C42322"/>
     <w:rsid w:val="00C423C7"/>
     <w:rsid w:val="00C433F0"/>
     <w:rsid w:val="00C4360A"/>
     <w:rsid w:val="00C45327"/>
     <w:rsid w:val="00C46078"/>
     <w:rsid w:val="00C467F5"/>
     <w:rsid w:val="00C46C56"/>
     <w:rsid w:val="00C5077E"/>
     <w:rsid w:val="00C51D4F"/>
     <w:rsid w:val="00C52309"/>
     <w:rsid w:val="00C52D1A"/>
     <w:rsid w:val="00C540A6"/>
+    <w:rsid w:val="00C5440B"/>
     <w:rsid w:val="00C5513E"/>
     <w:rsid w:val="00C60374"/>
     <w:rsid w:val="00C62165"/>
     <w:rsid w:val="00C63554"/>
     <w:rsid w:val="00C63683"/>
     <w:rsid w:val="00C63D69"/>
     <w:rsid w:val="00C63EE3"/>
     <w:rsid w:val="00C64E36"/>
+    <w:rsid w:val="00C65EDC"/>
     <w:rsid w:val="00C668AB"/>
     <w:rsid w:val="00C678A1"/>
+    <w:rsid w:val="00C701FE"/>
     <w:rsid w:val="00C70593"/>
     <w:rsid w:val="00C71801"/>
     <w:rsid w:val="00C71DD6"/>
     <w:rsid w:val="00C72AB6"/>
     <w:rsid w:val="00C73A0C"/>
     <w:rsid w:val="00C7494F"/>
+    <w:rsid w:val="00C76509"/>
     <w:rsid w:val="00C813BD"/>
     <w:rsid w:val="00C817CD"/>
     <w:rsid w:val="00C822B4"/>
     <w:rsid w:val="00C827F8"/>
     <w:rsid w:val="00C83320"/>
     <w:rsid w:val="00C8398F"/>
     <w:rsid w:val="00C83EB1"/>
+    <w:rsid w:val="00C86C98"/>
     <w:rsid w:val="00C86EA3"/>
     <w:rsid w:val="00C91372"/>
     <w:rsid w:val="00C91AA4"/>
     <w:rsid w:val="00C91F9A"/>
     <w:rsid w:val="00C92425"/>
     <w:rsid w:val="00C92A5D"/>
     <w:rsid w:val="00C93F48"/>
     <w:rsid w:val="00C95E55"/>
     <w:rsid w:val="00C96D1A"/>
     <w:rsid w:val="00C976D2"/>
     <w:rsid w:val="00CA0BD8"/>
     <w:rsid w:val="00CA1345"/>
     <w:rsid w:val="00CA22F9"/>
     <w:rsid w:val="00CA2BB3"/>
     <w:rsid w:val="00CA350B"/>
     <w:rsid w:val="00CA4033"/>
     <w:rsid w:val="00CA4159"/>
     <w:rsid w:val="00CA5CF6"/>
     <w:rsid w:val="00CA71B3"/>
     <w:rsid w:val="00CB092C"/>
     <w:rsid w:val="00CB0D1F"/>
     <w:rsid w:val="00CB14E9"/>
     <w:rsid w:val="00CB28BC"/>
     <w:rsid w:val="00CB5892"/>
     <w:rsid w:val="00CB71B0"/>
     <w:rsid w:val="00CB740A"/>
     <w:rsid w:val="00CB7CC6"/>
     <w:rsid w:val="00CC13B5"/>
     <w:rsid w:val="00CC1902"/>
     <w:rsid w:val="00CC300B"/>
     <w:rsid w:val="00CC49C6"/>
     <w:rsid w:val="00CC4B9F"/>
     <w:rsid w:val="00CC6677"/>
     <w:rsid w:val="00CC6A0D"/>
     <w:rsid w:val="00CC6A8D"/>
     <w:rsid w:val="00CC707E"/>
     <w:rsid w:val="00CC720B"/>
     <w:rsid w:val="00CC7A6A"/>
+    <w:rsid w:val="00CD0612"/>
     <w:rsid w:val="00CD0BAD"/>
     <w:rsid w:val="00CD1ED1"/>
     <w:rsid w:val="00CD1FAA"/>
     <w:rsid w:val="00CD295D"/>
     <w:rsid w:val="00CD2C5F"/>
     <w:rsid w:val="00CD37CD"/>
     <w:rsid w:val="00CD48DE"/>
     <w:rsid w:val="00CD4FEB"/>
     <w:rsid w:val="00CD51FC"/>
     <w:rsid w:val="00CD550D"/>
     <w:rsid w:val="00CD6303"/>
     <w:rsid w:val="00CE1C79"/>
     <w:rsid w:val="00CE32C9"/>
     <w:rsid w:val="00CE3E71"/>
+    <w:rsid w:val="00CE4578"/>
     <w:rsid w:val="00CE51F8"/>
     <w:rsid w:val="00CE56B1"/>
+    <w:rsid w:val="00CE5D33"/>
     <w:rsid w:val="00CF08C0"/>
     <w:rsid w:val="00CF1138"/>
     <w:rsid w:val="00CF26E6"/>
     <w:rsid w:val="00CF3D3B"/>
+    <w:rsid w:val="00CF4027"/>
+    <w:rsid w:val="00CF4EB6"/>
     <w:rsid w:val="00CF59F0"/>
     <w:rsid w:val="00CF5DC3"/>
     <w:rsid w:val="00CF5F9F"/>
     <w:rsid w:val="00CF68FF"/>
     <w:rsid w:val="00CF73A7"/>
     <w:rsid w:val="00CF7E3A"/>
     <w:rsid w:val="00D001C1"/>
     <w:rsid w:val="00D0219A"/>
     <w:rsid w:val="00D03929"/>
     <w:rsid w:val="00D04594"/>
+    <w:rsid w:val="00D05A28"/>
     <w:rsid w:val="00D06E25"/>
     <w:rsid w:val="00D1017A"/>
     <w:rsid w:val="00D104C0"/>
+    <w:rsid w:val="00D119D0"/>
     <w:rsid w:val="00D11F85"/>
     <w:rsid w:val="00D1201F"/>
     <w:rsid w:val="00D1229E"/>
+    <w:rsid w:val="00D124E6"/>
     <w:rsid w:val="00D12685"/>
     <w:rsid w:val="00D141F8"/>
     <w:rsid w:val="00D14AD8"/>
     <w:rsid w:val="00D14C8C"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15366"/>
     <w:rsid w:val="00D15636"/>
     <w:rsid w:val="00D15CD7"/>
+    <w:rsid w:val="00D16992"/>
     <w:rsid w:val="00D1788B"/>
     <w:rsid w:val="00D17CDC"/>
     <w:rsid w:val="00D202B9"/>
+    <w:rsid w:val="00D20C05"/>
     <w:rsid w:val="00D21179"/>
     <w:rsid w:val="00D21AEB"/>
     <w:rsid w:val="00D2243C"/>
     <w:rsid w:val="00D227D3"/>
     <w:rsid w:val="00D238AF"/>
+    <w:rsid w:val="00D23D49"/>
     <w:rsid w:val="00D24944"/>
     <w:rsid w:val="00D2588E"/>
     <w:rsid w:val="00D25966"/>
     <w:rsid w:val="00D262F1"/>
     <w:rsid w:val="00D272BC"/>
     <w:rsid w:val="00D274B7"/>
+    <w:rsid w:val="00D31BB9"/>
     <w:rsid w:val="00D32E16"/>
     <w:rsid w:val="00D32F83"/>
+    <w:rsid w:val="00D33115"/>
     <w:rsid w:val="00D33D0D"/>
     <w:rsid w:val="00D34772"/>
     <w:rsid w:val="00D34BBD"/>
     <w:rsid w:val="00D35310"/>
     <w:rsid w:val="00D36717"/>
     <w:rsid w:val="00D3711E"/>
     <w:rsid w:val="00D375DA"/>
     <w:rsid w:val="00D37F0C"/>
     <w:rsid w:val="00D37FC1"/>
     <w:rsid w:val="00D403B2"/>
     <w:rsid w:val="00D403D5"/>
     <w:rsid w:val="00D41315"/>
     <w:rsid w:val="00D41417"/>
     <w:rsid w:val="00D42DC7"/>
     <w:rsid w:val="00D43745"/>
     <w:rsid w:val="00D43782"/>
+    <w:rsid w:val="00D44B4A"/>
     <w:rsid w:val="00D45653"/>
     <w:rsid w:val="00D460D2"/>
+    <w:rsid w:val="00D50FA8"/>
     <w:rsid w:val="00D52C8C"/>
     <w:rsid w:val="00D52DA6"/>
     <w:rsid w:val="00D54D58"/>
     <w:rsid w:val="00D55883"/>
     <w:rsid w:val="00D5595E"/>
     <w:rsid w:val="00D560E1"/>
     <w:rsid w:val="00D57057"/>
     <w:rsid w:val="00D57564"/>
+    <w:rsid w:val="00D601DD"/>
     <w:rsid w:val="00D60317"/>
     <w:rsid w:val="00D60698"/>
     <w:rsid w:val="00D6081C"/>
     <w:rsid w:val="00D60A9E"/>
     <w:rsid w:val="00D60B6F"/>
+    <w:rsid w:val="00D60C32"/>
     <w:rsid w:val="00D649C9"/>
     <w:rsid w:val="00D64B02"/>
     <w:rsid w:val="00D6615D"/>
     <w:rsid w:val="00D6626E"/>
     <w:rsid w:val="00D7190E"/>
     <w:rsid w:val="00D71E3C"/>
     <w:rsid w:val="00D73A05"/>
     <w:rsid w:val="00D7572A"/>
+    <w:rsid w:val="00D758D6"/>
+    <w:rsid w:val="00D761C4"/>
+    <w:rsid w:val="00D77262"/>
     <w:rsid w:val="00D8021D"/>
     <w:rsid w:val="00D80C05"/>
     <w:rsid w:val="00D8307B"/>
+    <w:rsid w:val="00D84C5F"/>
     <w:rsid w:val="00D84DD1"/>
     <w:rsid w:val="00D85454"/>
     <w:rsid w:val="00D86B77"/>
     <w:rsid w:val="00D86C2B"/>
     <w:rsid w:val="00D87D79"/>
     <w:rsid w:val="00D90C21"/>
     <w:rsid w:val="00D90EF9"/>
     <w:rsid w:val="00D923E7"/>
     <w:rsid w:val="00D92F40"/>
     <w:rsid w:val="00D959E3"/>
     <w:rsid w:val="00D96A90"/>
+    <w:rsid w:val="00D9776F"/>
     <w:rsid w:val="00DA0011"/>
     <w:rsid w:val="00DA0474"/>
     <w:rsid w:val="00DA0A14"/>
     <w:rsid w:val="00DA0C93"/>
     <w:rsid w:val="00DA18F0"/>
     <w:rsid w:val="00DA35ED"/>
     <w:rsid w:val="00DA4213"/>
     <w:rsid w:val="00DA46C3"/>
     <w:rsid w:val="00DA5621"/>
     <w:rsid w:val="00DA7362"/>
+    <w:rsid w:val="00DA75F8"/>
     <w:rsid w:val="00DB0213"/>
     <w:rsid w:val="00DB2892"/>
     <w:rsid w:val="00DB36EB"/>
     <w:rsid w:val="00DB5E69"/>
     <w:rsid w:val="00DB60D0"/>
     <w:rsid w:val="00DB638D"/>
     <w:rsid w:val="00DB7920"/>
     <w:rsid w:val="00DB7B87"/>
     <w:rsid w:val="00DC0397"/>
     <w:rsid w:val="00DC0537"/>
     <w:rsid w:val="00DC0F4D"/>
     <w:rsid w:val="00DC18DF"/>
     <w:rsid w:val="00DC23D6"/>
     <w:rsid w:val="00DC2FDA"/>
     <w:rsid w:val="00DC4A13"/>
+    <w:rsid w:val="00DC71E5"/>
     <w:rsid w:val="00DC7664"/>
     <w:rsid w:val="00DD044B"/>
     <w:rsid w:val="00DD062D"/>
     <w:rsid w:val="00DD0796"/>
+    <w:rsid w:val="00DD13D5"/>
     <w:rsid w:val="00DD229C"/>
     <w:rsid w:val="00DD2737"/>
     <w:rsid w:val="00DD3CAB"/>
+    <w:rsid w:val="00DD42DE"/>
     <w:rsid w:val="00DD44BC"/>
     <w:rsid w:val="00DD7345"/>
     <w:rsid w:val="00DE0042"/>
     <w:rsid w:val="00DE04DF"/>
+    <w:rsid w:val="00DE444E"/>
     <w:rsid w:val="00DE5251"/>
     <w:rsid w:val="00DE5EC0"/>
     <w:rsid w:val="00DF014F"/>
     <w:rsid w:val="00DF10CD"/>
     <w:rsid w:val="00DF12BD"/>
     <w:rsid w:val="00DF23DD"/>
     <w:rsid w:val="00DF34EE"/>
     <w:rsid w:val="00DF45F3"/>
     <w:rsid w:val="00DF5139"/>
     <w:rsid w:val="00DF5962"/>
     <w:rsid w:val="00DF734B"/>
     <w:rsid w:val="00DF768D"/>
     <w:rsid w:val="00E009B3"/>
     <w:rsid w:val="00E00AFE"/>
+    <w:rsid w:val="00E014B9"/>
     <w:rsid w:val="00E01D2F"/>
+    <w:rsid w:val="00E03BD0"/>
     <w:rsid w:val="00E041C1"/>
     <w:rsid w:val="00E042D9"/>
     <w:rsid w:val="00E044F2"/>
     <w:rsid w:val="00E05445"/>
+    <w:rsid w:val="00E0579C"/>
     <w:rsid w:val="00E05ED7"/>
     <w:rsid w:val="00E0613B"/>
     <w:rsid w:val="00E10EA5"/>
     <w:rsid w:val="00E11292"/>
     <w:rsid w:val="00E11B89"/>
     <w:rsid w:val="00E11C31"/>
     <w:rsid w:val="00E1251C"/>
     <w:rsid w:val="00E125A6"/>
     <w:rsid w:val="00E13E43"/>
     <w:rsid w:val="00E14919"/>
     <w:rsid w:val="00E14D41"/>
     <w:rsid w:val="00E15C16"/>
     <w:rsid w:val="00E16FBE"/>
     <w:rsid w:val="00E174CB"/>
     <w:rsid w:val="00E178FB"/>
     <w:rsid w:val="00E2000B"/>
     <w:rsid w:val="00E211E1"/>
     <w:rsid w:val="00E224AC"/>
     <w:rsid w:val="00E22917"/>
     <w:rsid w:val="00E22DF6"/>
     <w:rsid w:val="00E24221"/>
     <w:rsid w:val="00E24D53"/>
     <w:rsid w:val="00E255A4"/>
     <w:rsid w:val="00E27034"/>
     <w:rsid w:val="00E31185"/>
+    <w:rsid w:val="00E33891"/>
     <w:rsid w:val="00E33ED9"/>
     <w:rsid w:val="00E35034"/>
     <w:rsid w:val="00E35BB0"/>
     <w:rsid w:val="00E40ADA"/>
     <w:rsid w:val="00E42DF0"/>
     <w:rsid w:val="00E437B1"/>
     <w:rsid w:val="00E45A15"/>
     <w:rsid w:val="00E461C0"/>
     <w:rsid w:val="00E4655C"/>
     <w:rsid w:val="00E5148C"/>
+    <w:rsid w:val="00E51F4D"/>
     <w:rsid w:val="00E5303D"/>
     <w:rsid w:val="00E557D3"/>
     <w:rsid w:val="00E55878"/>
     <w:rsid w:val="00E55C94"/>
+    <w:rsid w:val="00E60033"/>
     <w:rsid w:val="00E60848"/>
     <w:rsid w:val="00E643AA"/>
     <w:rsid w:val="00E64FDE"/>
+    <w:rsid w:val="00E71B60"/>
     <w:rsid w:val="00E724FD"/>
     <w:rsid w:val="00E742F7"/>
     <w:rsid w:val="00E74452"/>
+    <w:rsid w:val="00E74F78"/>
+    <w:rsid w:val="00E7569F"/>
     <w:rsid w:val="00E772A1"/>
     <w:rsid w:val="00E81346"/>
     <w:rsid w:val="00E81DCF"/>
     <w:rsid w:val="00E83A2E"/>
     <w:rsid w:val="00E8563C"/>
     <w:rsid w:val="00E86751"/>
     <w:rsid w:val="00E86F09"/>
     <w:rsid w:val="00E86FE9"/>
     <w:rsid w:val="00E8764D"/>
     <w:rsid w:val="00E90496"/>
     <w:rsid w:val="00E91FB7"/>
     <w:rsid w:val="00E929E0"/>
     <w:rsid w:val="00E9319F"/>
     <w:rsid w:val="00E94556"/>
+    <w:rsid w:val="00E959D8"/>
     <w:rsid w:val="00E95CCB"/>
     <w:rsid w:val="00E961B9"/>
+    <w:rsid w:val="00E96801"/>
     <w:rsid w:val="00E97336"/>
     <w:rsid w:val="00E9750E"/>
+    <w:rsid w:val="00EA1676"/>
     <w:rsid w:val="00EA254E"/>
     <w:rsid w:val="00EA3983"/>
     <w:rsid w:val="00EA3DFF"/>
     <w:rsid w:val="00EA409E"/>
     <w:rsid w:val="00EA42D9"/>
     <w:rsid w:val="00EA4702"/>
     <w:rsid w:val="00EA517A"/>
     <w:rsid w:val="00EA5219"/>
     <w:rsid w:val="00EA7649"/>
+    <w:rsid w:val="00EB0CCB"/>
+    <w:rsid w:val="00EB18C9"/>
     <w:rsid w:val="00EB2234"/>
     <w:rsid w:val="00EB3DB6"/>
     <w:rsid w:val="00EB4B4C"/>
+    <w:rsid w:val="00EB5AD7"/>
     <w:rsid w:val="00EC289D"/>
     <w:rsid w:val="00EC324C"/>
     <w:rsid w:val="00EC3893"/>
+    <w:rsid w:val="00EC41BE"/>
     <w:rsid w:val="00EC6BCF"/>
     <w:rsid w:val="00EC77EE"/>
+    <w:rsid w:val="00EC7A26"/>
     <w:rsid w:val="00ED014A"/>
+    <w:rsid w:val="00ED0DFD"/>
     <w:rsid w:val="00ED1429"/>
     <w:rsid w:val="00ED2605"/>
     <w:rsid w:val="00ED3122"/>
     <w:rsid w:val="00ED3224"/>
     <w:rsid w:val="00ED3B85"/>
     <w:rsid w:val="00ED3F3B"/>
+    <w:rsid w:val="00ED4098"/>
     <w:rsid w:val="00ED467B"/>
+    <w:rsid w:val="00ED5421"/>
     <w:rsid w:val="00ED5FCC"/>
+    <w:rsid w:val="00ED6C4B"/>
     <w:rsid w:val="00ED7E46"/>
     <w:rsid w:val="00EE0A18"/>
     <w:rsid w:val="00EE147D"/>
     <w:rsid w:val="00EE215D"/>
     <w:rsid w:val="00EE375B"/>
     <w:rsid w:val="00EE3B01"/>
     <w:rsid w:val="00EE415C"/>
     <w:rsid w:val="00EE472C"/>
     <w:rsid w:val="00EF02F7"/>
+    <w:rsid w:val="00EF0C54"/>
     <w:rsid w:val="00EF0D92"/>
     <w:rsid w:val="00EF2541"/>
     <w:rsid w:val="00EF39C4"/>
     <w:rsid w:val="00EF3C7C"/>
     <w:rsid w:val="00EF47F0"/>
+    <w:rsid w:val="00EF56A9"/>
     <w:rsid w:val="00EF5E3B"/>
     <w:rsid w:val="00EF707E"/>
     <w:rsid w:val="00EF73A9"/>
     <w:rsid w:val="00EF7AB4"/>
     <w:rsid w:val="00F01DDA"/>
     <w:rsid w:val="00F01F6D"/>
     <w:rsid w:val="00F02A35"/>
     <w:rsid w:val="00F03009"/>
     <w:rsid w:val="00F0408F"/>
+    <w:rsid w:val="00F04D39"/>
     <w:rsid w:val="00F05220"/>
     <w:rsid w:val="00F07875"/>
+    <w:rsid w:val="00F10727"/>
+    <w:rsid w:val="00F12011"/>
+    <w:rsid w:val="00F1245A"/>
     <w:rsid w:val="00F127AA"/>
     <w:rsid w:val="00F12EC7"/>
     <w:rsid w:val="00F132A9"/>
     <w:rsid w:val="00F14BB7"/>
     <w:rsid w:val="00F14C5B"/>
     <w:rsid w:val="00F14D8F"/>
     <w:rsid w:val="00F14DFF"/>
     <w:rsid w:val="00F158AF"/>
     <w:rsid w:val="00F17069"/>
     <w:rsid w:val="00F172AB"/>
     <w:rsid w:val="00F21C43"/>
     <w:rsid w:val="00F22148"/>
     <w:rsid w:val="00F221BD"/>
     <w:rsid w:val="00F22442"/>
+    <w:rsid w:val="00F2288B"/>
     <w:rsid w:val="00F22B01"/>
     <w:rsid w:val="00F22DC1"/>
     <w:rsid w:val="00F240BE"/>
+    <w:rsid w:val="00F248A6"/>
     <w:rsid w:val="00F24C2F"/>
     <w:rsid w:val="00F24D88"/>
+    <w:rsid w:val="00F25D63"/>
     <w:rsid w:val="00F26019"/>
     <w:rsid w:val="00F26967"/>
     <w:rsid w:val="00F2712B"/>
     <w:rsid w:val="00F30E5D"/>
     <w:rsid w:val="00F31F03"/>
     <w:rsid w:val="00F320AA"/>
+    <w:rsid w:val="00F32782"/>
+    <w:rsid w:val="00F4028B"/>
     <w:rsid w:val="00F4176D"/>
     <w:rsid w:val="00F41C80"/>
     <w:rsid w:val="00F42741"/>
+    <w:rsid w:val="00F42D94"/>
+    <w:rsid w:val="00F42DFA"/>
     <w:rsid w:val="00F43420"/>
     <w:rsid w:val="00F45584"/>
+    <w:rsid w:val="00F47190"/>
     <w:rsid w:val="00F4761F"/>
     <w:rsid w:val="00F47B99"/>
     <w:rsid w:val="00F51E2D"/>
     <w:rsid w:val="00F51F41"/>
     <w:rsid w:val="00F52699"/>
     <w:rsid w:val="00F52994"/>
     <w:rsid w:val="00F52D12"/>
     <w:rsid w:val="00F54100"/>
+    <w:rsid w:val="00F549B9"/>
     <w:rsid w:val="00F55F81"/>
+    <w:rsid w:val="00F5645B"/>
     <w:rsid w:val="00F56968"/>
     <w:rsid w:val="00F57646"/>
     <w:rsid w:val="00F60044"/>
     <w:rsid w:val="00F60DD2"/>
     <w:rsid w:val="00F6168B"/>
     <w:rsid w:val="00F63B15"/>
     <w:rsid w:val="00F63B25"/>
     <w:rsid w:val="00F66C6D"/>
     <w:rsid w:val="00F672B9"/>
     <w:rsid w:val="00F67806"/>
     <w:rsid w:val="00F7099F"/>
     <w:rsid w:val="00F70CFA"/>
     <w:rsid w:val="00F71315"/>
     <w:rsid w:val="00F71344"/>
     <w:rsid w:val="00F723BB"/>
     <w:rsid w:val="00F7258C"/>
     <w:rsid w:val="00F72CFC"/>
     <w:rsid w:val="00F741A0"/>
+    <w:rsid w:val="00F7428D"/>
     <w:rsid w:val="00F74313"/>
     <w:rsid w:val="00F747DD"/>
+    <w:rsid w:val="00F76C00"/>
     <w:rsid w:val="00F77BC8"/>
     <w:rsid w:val="00F81635"/>
     <w:rsid w:val="00F8422E"/>
     <w:rsid w:val="00F84856"/>
     <w:rsid w:val="00F857CC"/>
+    <w:rsid w:val="00F878D1"/>
+    <w:rsid w:val="00F90CF8"/>
     <w:rsid w:val="00F918A0"/>
     <w:rsid w:val="00F94731"/>
     <w:rsid w:val="00F95514"/>
     <w:rsid w:val="00F96659"/>
     <w:rsid w:val="00F968F8"/>
+    <w:rsid w:val="00FA041B"/>
+    <w:rsid w:val="00FA10FC"/>
     <w:rsid w:val="00FA24DA"/>
     <w:rsid w:val="00FA2F7D"/>
     <w:rsid w:val="00FA30AE"/>
     <w:rsid w:val="00FA5649"/>
     <w:rsid w:val="00FB0584"/>
     <w:rsid w:val="00FB16BE"/>
+    <w:rsid w:val="00FB1D52"/>
     <w:rsid w:val="00FB4923"/>
     <w:rsid w:val="00FB629E"/>
     <w:rsid w:val="00FB6358"/>
     <w:rsid w:val="00FB7A01"/>
+    <w:rsid w:val="00FB7A43"/>
+    <w:rsid w:val="00FB7E51"/>
     <w:rsid w:val="00FC0E31"/>
     <w:rsid w:val="00FC1421"/>
+    <w:rsid w:val="00FC1993"/>
     <w:rsid w:val="00FC2626"/>
     <w:rsid w:val="00FC2CF4"/>
     <w:rsid w:val="00FC3D89"/>
     <w:rsid w:val="00FC4149"/>
     <w:rsid w:val="00FC4447"/>
     <w:rsid w:val="00FC52B8"/>
     <w:rsid w:val="00FC546C"/>
+    <w:rsid w:val="00FC58E7"/>
+    <w:rsid w:val="00FC5C11"/>
     <w:rsid w:val="00FC6844"/>
     <w:rsid w:val="00FC743D"/>
     <w:rsid w:val="00FD0466"/>
+    <w:rsid w:val="00FD0B86"/>
+    <w:rsid w:val="00FD3003"/>
     <w:rsid w:val="00FD4E28"/>
     <w:rsid w:val="00FD6B92"/>
     <w:rsid w:val="00FD6CB6"/>
     <w:rsid w:val="00FD73DF"/>
+    <w:rsid w:val="00FD76A6"/>
     <w:rsid w:val="00FD7707"/>
     <w:rsid w:val="00FE0E54"/>
     <w:rsid w:val="00FE131F"/>
     <w:rsid w:val="00FE13AB"/>
     <w:rsid w:val="00FE1599"/>
     <w:rsid w:val="00FE3A34"/>
+    <w:rsid w:val="00FE529C"/>
+    <w:rsid w:val="00FE764D"/>
     <w:rsid w:val="00FF1533"/>
     <w:rsid w:val="00FF15FF"/>
     <w:rsid w:val="00FF2B5F"/>
     <w:rsid w:val="00FF3EDF"/>
     <w:rsid w:val="00FF4CB8"/>
     <w:rsid w:val="00FF639C"/>
     <w:rsid w:val="00FF71DA"/>
     <w:rsid w:val="00FF7913"/>
     <w:rsid w:val="00FF7BAC"/>
+    <w:rsid w:val="0AA8862A"/>
+    <w:rsid w:val="13751778"/>
+    <w:rsid w:val="2A056539"/>
+    <w:rsid w:val="2A3CC17E"/>
+    <w:rsid w:val="3190CA28"/>
+    <w:rsid w:val="394D7137"/>
+    <w:rsid w:val="4C15829C"/>
+    <w:rsid w:val="5892AA04"/>
+    <w:rsid w:val="5F0D6D04"/>
+    <w:rsid w:val="5FBEDE63"/>
+    <w:rsid w:val="77849D36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2A58F036"/>
@@ -50890,51 +37532,55 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="772893935">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -51205,76 +37851,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...24 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5c80bd54-fff2-4f69-a91f-69b8b152e5fd" xmlns:ns3="b9ee62fd-6e46-418e-a9bb-1633f81376d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8d0695340690853507023c5c26a4d17" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x0101002C43B8722B664B43815250ECE6FA3A58" ma:contentTypeVersion="17" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="7e0a2334709d9e54c81dec0396ca5da7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5c80bd54-fff2-4f69-a91f-69b8b152e5fd" xmlns:ns3="b9ee62fd-6e46-418e-a9bb-1633f81376d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7dbf155879695bfb75146cba42db95d4" ns2:_="" ns3:_="">
     <xsd:import namespace="5c80bd54-fff2-4f69-a91f-69b8b152e5fd"/>
     <xsd:import namespace="b9ee62fd-6e46-418e-a9bb-1633f81376d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -51477,132 +38099,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b9ee62fd-6e46-418e-a9bb-1633f81376d3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5c80bd54-fff2-4f69-a91f-69b8b152e5fd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5084F44-4277-4548-A558-84BBAD09F454}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7A802F2-6E83-4453-B1D0-E6EC384FD733}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5c80bd54-fff2-4f69-a91f-69b8b152e5fd"/>
     <ds:schemaRef ds:uri="b9ee62fd-6e46-418e-a9bb-1633f81376d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C02F2130-57B2-4DE1-A614-B3588CD756D8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b9ee62fd-6e46-418e-a9bb-1633f81376d3"/>
+    <ds:schemaRef ds:uri="5c80bd54-fff2-4f69-a91f-69b8b152e5fd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A20B309-CA2D-479B-9915-12E33E1AFCB8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61C4FF8E-7E91-43AC-99B4-03BFD0D6B94D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>29555</Characters>
+  <Pages>15</Pages>
+  <Words>2826</Words>
+  <Characters>22894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>246</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>190</Lines>
+  <Paragraphs>51</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33137</CharactersWithSpaces>
+  <CharactersWithSpaces>25669</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Raikio Anu-Katri</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101002C43B8722B664B43815250ECE6FA3A58</vt:lpwstr>