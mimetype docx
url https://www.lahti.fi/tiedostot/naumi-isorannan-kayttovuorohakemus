--- v0 (2025-10-07)
+++ v1 (2025-12-15)
@@ -1,341 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:tbl>
-[...276 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="00467A9B" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="00D866A9">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3936"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3969"/>
@@ -1127,147 +847,173 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Sähköpostiosoite, johon päätöksen voi lähettää</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="2" w:name="Valinta8"/>
       <w:tr w:rsidR="00D866A9" w:rsidRPr="00D866A9" w14:paraId="54671E8B" w14:textId="77777777" w:rsidTr="0060786D">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B6DEE1E" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="2B6DEE1E" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00576DBF" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000B0720">
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> kyllä    </w:t>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Valinta9"/>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000B0720">
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3354B9C2" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
@@ -1674,154 +1420,154 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000B0720">
-[...4 lines deleted...]
-            <w:r w:rsidR="000B0720">
+            <w:r w:rsidRPr="00D866A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:bookmarkStart w:id="6" w:name="Valinta11"/>
           <w:p w14:paraId="3B19B098" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000B0720">
-[...4 lines deleted...]
-            <w:r w:rsidR="000B0720">
+            <w:r w:rsidRPr="00D866A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
           <w:bookmarkStart w:id="7" w:name="Valinta12"/>
           <w:p w14:paraId="639895B4" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000B0720">
-[...4 lines deleted...]
-            <w:r w:rsidR="000B0720">
+            <w:r w:rsidRPr="00D866A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
           <w:p w14:paraId="6FB3F61A" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:bookmarkStart w:id="8" w:name="Valinta13"/>
           <w:p w14:paraId="65F529DF" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
@@ -1829,300 +1575,344 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000B0720">
-[...4 lines deleted...]
-            <w:r w:rsidR="000B0720">
+            <w:r w:rsidRPr="00D866A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
           <w:bookmarkStart w:id="9" w:name="Valinta14"/>
           <w:p w14:paraId="0954358B" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="000B0720">
-[...4 lines deleted...]
-            <w:r w:rsidR="000B0720">
+            <w:r w:rsidRPr="00D866A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E96CDB0" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="7E96CDB0" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00576DBF" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Naumin leirialue – Naumi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A5DE1FA" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="7A5DE1FA" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00576DBF" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Naumin leirialue – Iäs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EB33C90" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="7EB33C90" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00576DBF" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Isorannan leirialue – </w:t>
             </w:r>
-            <w:r w:rsidR="003C0D6B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidR="003C0D6B" w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Isorannan uusi leirikeskus</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="10" w:name="Teksti140"/>
-          <w:p w14:paraId="3D274D2F" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="3D274D2F" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00576DBF" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti140"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...2 lines deleted...]
-                <w:noProof/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> kpl 4 hengen mökkejä (max 5 kpl)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C8DB11" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="27C8DB11" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00576DBF" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Isorannan leirialue – Mäntylänniemi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F88F098" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidRPr="00576DBF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Isorannan leirialue – Rantala</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D866A9" w:rsidRPr="00D866A9" w14:paraId="35275045" w14:textId="77777777" w:rsidTr="0060786D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D027977" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2159,51 +1949,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Puhelinnumero</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D866A9" w:rsidRPr="00D866A9" w14:paraId="5077F879" w14:textId="77777777" w:rsidTr="0060786D">
         <w:trPr>
           <w:trHeight w:val="365"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="403F2E19" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="403F2E19" w14:textId="4630051A" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti133"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D866A9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -2355,167 +2145,585 @@
     </w:tbl>
     <w:p w14:paraId="25841D3D" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="00D866A9">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10031"/>
       </w:tblGrid>
+      <w:tr w:rsidR="00161C1F" w:rsidRPr="00D866A9" w14:paraId="60B85A26" w14:textId="77777777" w:rsidTr="0060786D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="060C6106" w14:textId="46AA9FD0" w:rsidR="00A04CEF" w:rsidRPr="00A04CEF" w:rsidRDefault="004C4EFA" w:rsidP="00161C1F">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Osallistuja-arvio</w:t>
+            </w:r>
+            <w:r w:rsidR="004F59C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / ennakkotiedot osallistujista</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B68C46" w14:textId="43113433" w:rsidR="00161C1F" w:rsidRPr="00161C1F" w:rsidRDefault="00161C1F" w:rsidP="00161C1F">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Osallistujamäärä yhteensä </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti133"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0030068A" w14:textId="10D93B6B" w:rsidR="00161C1F" w:rsidRPr="00161C1F" w:rsidRDefault="005069BE" w:rsidP="00161C1F">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Osallistujista alle</w:t>
+            </w:r>
+            <w:r w:rsidR="00093C4B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 29-vuotia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ita on</w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti133"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09140960" w14:textId="5A418922" w:rsidR="00161C1F" w:rsidRPr="00576DBF" w:rsidRDefault="005069BE" w:rsidP="0060786D">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Osallistujista lahtelaisia on</w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti133"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00D866A9" w:rsidRPr="00D866A9" w14:paraId="5501D245" w14:textId="77777777" w:rsidTr="0060786D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10031" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58627A7C" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
+          <w:p w14:paraId="1B279D39" w14:textId="5BF6FA68" w:rsidR="00D866A9" w:rsidRPr="00FD66FD" w:rsidRDefault="00D866A9" w:rsidP="0060786D">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D866A9">
+            <w:r w:rsidRPr="00FD66FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Lisätiedot, huomautukset, toivomukset</w:t>
-[...24 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+              <w:t>Lisätie</w:t>
+            </w:r>
+            <w:r w:rsidR="00467D16" w:rsidRPr="00FD66FD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>toja</w:t>
+            </w:r>
+            <w:r w:rsidR="00576DBF" w:rsidRPr="00FD66FD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, muuta huomioitavaa</w:t>
+            </w:r>
+            <w:r w:rsidR="00467D16" w:rsidRPr="00FD66FD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti133"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00D866A9">
-[...36 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00161C1F" w:rsidRPr="00161C1F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="68B0A58F" w14:textId="77777777" w:rsidR="00C201E3" w:rsidRDefault="00C201E3" w:rsidP="0060786D">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58627A7C" w14:textId="05D262E2" w:rsidR="00576DBF" w:rsidRPr="003576AB" w:rsidRDefault="00576DBF" w:rsidP="0060786D">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A290713" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="00D866A9">
       <w:pPr>
         <w:spacing w:before="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -2929,87 +3137,85 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13E5735E" w14:textId="77777777" w:rsidR="00D866A9" w:rsidRPr="00D866A9" w:rsidRDefault="00D866A9" w:rsidP="00D866A9">
       <w:pPr>
         <w:pStyle w:val="Yltunniste"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64878E74" w14:textId="77777777" w:rsidR="000A1D33" w:rsidRPr="00D866A9" w:rsidRDefault="000A1D33" w:rsidP="00D866A9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000A1D33" w:rsidRPr="00D866A9" w:rsidSect="009959C3">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1562" w:left="1134" w:header="708" w:footer="426" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0511326E" w14:textId="77777777" w:rsidR="000B0720" w:rsidRDefault="000B0720" w:rsidP="002F7CAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="45C567B7" w14:textId="77777777" w:rsidR="000B0720" w:rsidRDefault="000B0720" w:rsidP="002F7CAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Demi">
     <w:panose1 w:val="020B0703020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -3035,115 +3241,170 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Andale Sans UI">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...19 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TaulukkoRuudukko"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2660"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="2835"/>
       <w:gridCol w:w="1230"/>
       <w:gridCol w:w="1220"/>
     </w:tblGrid>
     <w:tr w:rsidR="00864034" w:rsidRPr="00127D8B" w14:paraId="7C7CE5A1" w14:textId="77777777" w:rsidTr="00864034">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2660" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="5BAF5A10" w14:textId="77777777" w:rsidR="00864034" w:rsidRPr="00127D8B" w:rsidRDefault="00864034" w:rsidP="00864034">
+        <w:p w14:paraId="5BAF5A10" w14:textId="37858DF0" w:rsidR="00864034" w:rsidRPr="00127D8B" w:rsidRDefault="000C0380" w:rsidP="00864034">
           <w:pPr>
             <w:pStyle w:val="Alatunniste"/>
             <w:rPr>
               <w:color w:val="0050B0" w:themeColor="text2"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="13" w:name="_Hlk81818221"/>
           <w:bookmarkStart w:id="14" w:name="_Hlk81818222"/>
           <w:bookmarkStart w:id="15" w:name="_Hlk81818602"/>
           <w:bookmarkStart w:id="16" w:name="_Hlk81818603"/>
           <w:bookmarkStart w:id="17" w:name="_Hlk81818716"/>
           <w:bookmarkStart w:id="18" w:name="_Hlk81818717"/>
           <w:bookmarkStart w:id="19" w:name="_Hlk81818725"/>
           <w:bookmarkStart w:id="20" w:name="_Hlk81818726"/>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="0050B0" w:themeColor="text2"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F9B53C3" wp14:editId="198FDD8F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-15875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>907</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1183005" cy="180340"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="421385084" name="Kuva 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="0" name="Picture 1"/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill rotWithShape="1">
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect t="76644"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1183005" cy="180340"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                          </a:ext>
+                        </a:extLst>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="711EFB64" w14:textId="77777777" w:rsidR="00864034" w:rsidRPr="00127D8B" w:rsidRDefault="00864034" w:rsidP="00864034">
           <w:pPr>
             <w:pStyle w:val="Alatunniste"/>
             <w:rPr>
               <w:color w:val="0050B0" w:themeColor="text2"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="0050B0" w:themeColor="text2"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Kirkkokatu 21 E</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="4C9F1487" w14:textId="77777777" w:rsidR="00864034" w:rsidRPr="00127D8B" w:rsidRDefault="00864034" w:rsidP="00864034">
@@ -3219,228 +3480,190 @@
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>/nuorisopalvelut</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1230" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7BDF2701" w14:textId="77777777" w:rsidR="00864034" w:rsidRPr="00127D8B" w:rsidRDefault="00864034" w:rsidP="00864034">
           <w:pPr>
             <w:pStyle w:val="Alatunniste"/>
             <w:rPr>
               <w:color w:val="0050B0" w:themeColor="text2"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00127D8B">
             <w:rPr>
               <w:color w:val="0050B0" w:themeColor="text2"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Y-0149669-3</w:t>
+            <w:t>Y-</w:t>
           </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="00127D8B">
+            <w:rPr>
+              <w:color w:val="0050B0" w:themeColor="text2"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>0149669-3</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1220" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3AE84A73" w14:textId="77777777" w:rsidR="00864034" w:rsidRPr="00127D8B" w:rsidRDefault="00864034" w:rsidP="00864034">
           <w:pPr>
             <w:pStyle w:val="Alatunniste"/>
             <w:rPr>
               <w:color w:val="0050B0" w:themeColor="text2"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
   </w:tbl>
-  <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-  <w:p w14:paraId="5E82591B" w14:textId="77777777" w:rsidR="00864034" w:rsidRDefault="00864034" w:rsidP="00864034">
+  <w:p w14:paraId="1C0730EE" w14:textId="77777777" w:rsidR="000C0380" w:rsidRDefault="000C0380" w:rsidP="00864034">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
-    </w:pPr>
-    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
         <w:noProof/>
         <w:color w:val="0050B0" w:themeColor="text2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
-        <w:lang w:eastAsia="fi-FI"/>
       </w:rPr>
-      <w:drawing>
-[...48 lines deleted...]
-    </w:r>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5E82591B" w14:textId="4FA63D2C" w:rsidR="00864034" w:rsidRDefault="00864034" w:rsidP="00864034">
+    <w:pPr>
+      <w:pStyle w:val="Alatunniste"/>
+    </w:pPr>
   </w:p>
   <w:bookmarkEnd w:id="15"/>
   <w:bookmarkEnd w:id="16"/>
   <w:bookmarkEnd w:id="17"/>
   <w:bookmarkEnd w:id="18"/>
   <w:bookmarkEnd w:id="19"/>
   <w:bookmarkEnd w:id="20"/>
   <w:p w14:paraId="49A15852" w14:textId="77777777" w:rsidR="00864034" w:rsidRDefault="00864034" w:rsidP="00864034">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4DC610C3" w14:textId="77777777" w:rsidR="009959C3" w:rsidRPr="00864034" w:rsidRDefault="009959C3" w:rsidP="00864034">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="148C18E9" w14:textId="77777777" w:rsidR="000B0720" w:rsidRDefault="000B0720" w:rsidP="002F7CAD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="056EAA97" w14:textId="77777777" w:rsidR="000B0720" w:rsidRDefault="000B0720" w:rsidP="002F7CAD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38905D06" w14:textId="77777777" w:rsidR="00C82458" w:rsidRDefault="00C82458" w:rsidP="001D4999">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A57C85">
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sivunumero"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="154D7D2F" w14:textId="77777777" w:rsidR="00C82458" w:rsidRDefault="00C82458" w:rsidP="00064453">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12237814" w14:textId="77777777" w:rsidR="00C82458" w:rsidRDefault="005F7F20" w:rsidP="00246034">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="5254"/>
         <w:tab w:val="left" w:pos="7384"/>
         <w:tab w:val="right" w:pos="9798"/>
       </w:tabs>
       <w:ind w:left="5254" w:right="360" w:hanging="5040"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="141B2059" wp14:editId="6FB4A7B5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-17145</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-141605</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1320165" cy="504825"/>
@@ -3556,110 +3779,133 @@
     </w:r>
     <w:r w:rsidR="00C82458" w:rsidRPr="00246034">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00A57C85">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00C82458" w:rsidRPr="00246034">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00C82458" w:rsidRPr="00246034">
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidR="00C82458" w:rsidRPr="00246034">
       <w:br/>
       <w:t>Täydentävä tieto</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="771DA4C9" w14:textId="77777777" w:rsidR="009959C3" w:rsidRDefault="00A71834" w:rsidP="00A406D3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2971E4DD" w14:textId="77777777" w:rsidR="00DE43E6" w:rsidRDefault="00DE43E6" w:rsidP="00A406D3">
+    <w:pPr>
+      <w:pStyle w:val="Yltunniste"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="left" w:pos="2552"/>
+        <w:tab w:val="right" w:pos="9798"/>
+      </w:tabs>
+      <w:ind w:left="2552" w:right="360" w:hanging="2338"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="771DA4C9" w14:textId="1CB6BCB3" w:rsidR="009959C3" w:rsidRDefault="001B2A99" w:rsidP="00A406D3">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="left" w:pos="2552"/>
         <w:tab w:val="right" w:pos="9798"/>
       </w:tabs>
       <w:ind w:left="2552" w:right="360" w:hanging="2338"/>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:noProof/>
-        <w:lang w:eastAsia="fi-FI"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0092BF7F" wp14:editId="18C91E9D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11F00F2A" wp14:editId="29D05F28">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>0</wp:posOffset>
+            <wp:posOffset>134439</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-635</wp:posOffset>
+            <wp:posOffset>7621</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1321116" cy="475751"/>
-          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+          <wp:extent cx="870118" cy="353786"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="8255"/>
           <wp:wrapNone/>
-          <wp:docPr id="5" name="Picture 3"/>
+          <wp:docPr id="2021264868" name="Kuva 5" descr="Kuva, joka sisältää kohteen Fontti, Grafiikka, kuvakaappaus, graafinen suunnittelu&#10;&#10;Tekoälyllä luotu sisältö voi olla virheellistä."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Lahti_ymparistotoimiala_RGB_web.png"/>
+                  <pic:cNvPr id="2021264868" name="Kuva 5" descr="Kuva, joka sisältää kohteen Fontti, Grafiikka, kuvakaappaus, graafinen suunnittelu&#10;&#10;Tekoälyllä luotu sisältö voi olla virheellistä."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill>
-[...6 lines deleted...]
-                  </a:blip>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect b="37888"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1321116" cy="475751"/>
+                    <a:ext cx="870857" cy="354087"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00A406D3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Andale Sans UI" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00D866A9">
       <w:rPr>
         <w:rStyle w:val="Otsikko3Char"/>
@@ -3711,183 +3957,227 @@
     <w:r w:rsidR="001A2866">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="009959C3" w:rsidRPr="00246034">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="009959C3" w:rsidRPr="00246034">
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidR="009959C3" w:rsidRPr="00246034">
       <w:br/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4747B851" w14:textId="77777777" w:rsidR="009959C3" w:rsidRDefault="009959C3">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6147"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A011BF"/>
     <w:rsid w:val="00014616"/>
     <w:rsid w:val="000328FB"/>
+    <w:rsid w:val="00055728"/>
     <w:rsid w:val="00064453"/>
+    <w:rsid w:val="0009179C"/>
+    <w:rsid w:val="00093C4B"/>
     <w:rsid w:val="000A1D33"/>
     <w:rsid w:val="000B0720"/>
+    <w:rsid w:val="000C0380"/>
+    <w:rsid w:val="000C07F5"/>
     <w:rsid w:val="000D68AA"/>
     <w:rsid w:val="000F67BC"/>
     <w:rsid w:val="001132DA"/>
     <w:rsid w:val="00127D8B"/>
     <w:rsid w:val="0015717C"/>
+    <w:rsid w:val="00161C1F"/>
     <w:rsid w:val="001738C1"/>
+    <w:rsid w:val="00187B03"/>
     <w:rsid w:val="001A2866"/>
+    <w:rsid w:val="001A7975"/>
+    <w:rsid w:val="001B2A99"/>
+    <w:rsid w:val="001D12D3"/>
     <w:rsid w:val="001D4999"/>
+    <w:rsid w:val="002256E6"/>
     <w:rsid w:val="00246034"/>
     <w:rsid w:val="00257452"/>
     <w:rsid w:val="0028378E"/>
+    <w:rsid w:val="002D2D0D"/>
     <w:rsid w:val="002F7CAD"/>
     <w:rsid w:val="0030695D"/>
     <w:rsid w:val="00331E66"/>
+    <w:rsid w:val="003576AB"/>
     <w:rsid w:val="00392ADD"/>
     <w:rsid w:val="003A5569"/>
     <w:rsid w:val="003C0D6B"/>
+    <w:rsid w:val="00411544"/>
+    <w:rsid w:val="00467D16"/>
+    <w:rsid w:val="00494E5C"/>
     <w:rsid w:val="004A2A55"/>
     <w:rsid w:val="004A2EBC"/>
+    <w:rsid w:val="004C4EFA"/>
+    <w:rsid w:val="004F59C2"/>
+    <w:rsid w:val="005069BE"/>
+    <w:rsid w:val="005114D1"/>
     <w:rsid w:val="00541785"/>
+    <w:rsid w:val="005642DF"/>
+    <w:rsid w:val="00576DBF"/>
+    <w:rsid w:val="00594AC2"/>
     <w:rsid w:val="005C7AC2"/>
     <w:rsid w:val="005E1AE5"/>
     <w:rsid w:val="005E7354"/>
     <w:rsid w:val="005F7F20"/>
     <w:rsid w:val="0060786D"/>
     <w:rsid w:val="00612161"/>
     <w:rsid w:val="0063086A"/>
+    <w:rsid w:val="0064003B"/>
+    <w:rsid w:val="00646A3A"/>
     <w:rsid w:val="00656278"/>
     <w:rsid w:val="00742FE1"/>
     <w:rsid w:val="00745746"/>
+    <w:rsid w:val="007C63AE"/>
     <w:rsid w:val="00864034"/>
     <w:rsid w:val="00870A46"/>
     <w:rsid w:val="00873233"/>
     <w:rsid w:val="0087611C"/>
     <w:rsid w:val="0088563D"/>
     <w:rsid w:val="008B7C72"/>
     <w:rsid w:val="008D463B"/>
     <w:rsid w:val="008D50F8"/>
+    <w:rsid w:val="00926647"/>
+    <w:rsid w:val="00926725"/>
     <w:rsid w:val="00967B33"/>
     <w:rsid w:val="009864A4"/>
     <w:rsid w:val="0099045E"/>
     <w:rsid w:val="009959C3"/>
     <w:rsid w:val="00A011BF"/>
+    <w:rsid w:val="00A04CEF"/>
+    <w:rsid w:val="00A25233"/>
     <w:rsid w:val="00A406D3"/>
     <w:rsid w:val="00A57C85"/>
     <w:rsid w:val="00A71834"/>
+    <w:rsid w:val="00AA24CF"/>
     <w:rsid w:val="00AD249E"/>
+    <w:rsid w:val="00AD38C9"/>
+    <w:rsid w:val="00B17FEB"/>
     <w:rsid w:val="00B55A40"/>
     <w:rsid w:val="00C0602B"/>
+    <w:rsid w:val="00C201E3"/>
     <w:rsid w:val="00C407A8"/>
     <w:rsid w:val="00C82458"/>
+    <w:rsid w:val="00CC23D0"/>
     <w:rsid w:val="00D3521B"/>
+    <w:rsid w:val="00D364B7"/>
+    <w:rsid w:val="00D6242C"/>
     <w:rsid w:val="00D848A9"/>
     <w:rsid w:val="00D865E2"/>
     <w:rsid w:val="00D866A9"/>
+    <w:rsid w:val="00DE43E6"/>
     <w:rsid w:val="00DE74CE"/>
     <w:rsid w:val="00E6466B"/>
+    <w:rsid w:val="00EE30E0"/>
+    <w:rsid w:val="00EF23EC"/>
+    <w:rsid w:val="00F22DD0"/>
     <w:rsid w:val="00F368B9"/>
+    <w:rsid w:val="00F46E27"/>
     <w:rsid w:val="00F76636"/>
     <w:rsid w:val="00F84FC8"/>
+    <w:rsid w:val="00FA49E0"/>
     <w:rsid w:val="00FB76E9"/>
+    <w:rsid w:val="00FD66FD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="6147"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="413445E6"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{C74107AA-5FEE-4D28-8C98-89B2DDDF2145}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3961,98 +4251,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4324,51 +4617,50 @@
     <w:basedOn w:val="Normaali"/>
     <w:next w:val="Normaali"/>
     <w:link w:val="Otsikko4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0063086A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="004FB0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Kappaleenoletusfontti">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaalitaulukko">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Eiluetteloa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Otsikko1Char">
     <w:name w:val="Otsikko 1 Char"/>
@@ -4565,75 +4857,75 @@
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0050B0" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormaaliWWW">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normaali"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AD249E"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="fi-FI"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="829366651">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kirjaamo@lahti.fi" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Lahti_template">
   <a:themeElements>
     <a:clrScheme name="Lahden kaupunki">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0050B0"/>
       </a:dk2>
       <a:lt2>
@@ -5312,75 +5604,75 @@
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E9CA18E-ED70-47A1-BF4C-CE806E7D4AAD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="0a831543-d6be-4910-9d3b-2e8ad09c2e89"/>
     <ds:schemaRef ds:uri="6919bb79-700a-416b-b4af-c17f3e231a99"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB611379-3EA4-47E0-BA49-CAFD3B23AFB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>178</Words>
-  <Characters>1447</Characters>
+  <Words>106</Words>
+  <Characters>1211</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Naumi-Isorannan leirikeskuksen käyttövuorohakemus</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1622</CharactersWithSpaces>
+  <CharactersWithSpaces>1315</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Naumi-Isorannan leirikeskuksen käyttövuorohakemus</dc:title>
   <dc:subject/>
   <dc:creator>Katja Markkola</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
     <vt:r8>1500</vt:r8>