--- v0 (2025-10-09)
+++ v1 (2025-12-10)
@@ -1,91 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lahti-my.sharepoint.com/personal/petra_goos_lahti_fi/Documents/Työpöytä/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lahti-my.sharepoint.com/personal/petra_goos_lahti_fi/Documents/Työpöytä/Susannan lomakkeet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{A2616B39-0D72-495C-AA5E-C262466AC074}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2AAC1D31-A75F-4FF2-932A-9365159E584A}"/>
+  <xr:revisionPtr revIDLastSave="20" documentId="8_{A2616B39-0D72-495C-AA5E-C262466AC074}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0318A286-B4E3-4782-B32C-143DF361AE8F}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{4154DB51-47DF-4D9A-9201-DDAFF2AD9DA8}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C72" i="1" l="1"/>
   <c r="B72" i="1"/>
   <c r="C36" i="1"/>
   <c r="B36" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="27">
   <si>
     <t>Talousarvio / toteutuma</t>
   </si>
   <si>
     <t>Täytetään soveltuvin osin eli ko. tapahtumaan liittyvät tuotot ja kulut.</t>
   </si>
   <si>
     <t xml:space="preserve">kioskituotot </t>
   </si>
   <si>
     <t xml:space="preserve">naulakkotuotot </t>
   </si>
   <si>
     <t xml:space="preserve">tuotemyynti </t>
   </si>
   <si>
     <t xml:space="preserve">arpajaiset </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>palkkiot</t>
   </si>
   <si>
@@ -125,53 +127,50 @@
   </si>
   <si>
     <t>muut avustukset</t>
   </si>
   <si>
     <t>TUOTOT YHTEENSÄ</t>
   </si>
   <si>
     <t>Kulut</t>
   </si>
   <si>
     <t>palkat</t>
   </si>
   <si>
     <t xml:space="preserve">
  </t>
   </si>
   <si>
     <t xml:space="preserve">pääsymaksutuotot (lipun hinta x hlömäärä) </t>
   </si>
   <si>
     <t>Tuotot</t>
   </si>
   <si>
     <t>Projektin nimi:</t>
-  </si>
-[...1 lines deleted...]
-    <t>Lahden kaupungin nuorisopalvelut: susanna.ormaa-perala@lahti.fi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Arial-BoldMT"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial-BoldMT"/>
@@ -294,50 +293,109 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normaali" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>216878</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>139314</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>515817</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>100921</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Kuva 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE2F1551-D61B-371A-58C4-97AE47B86DF4}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="5152293" y="139314"/>
+          <a:ext cx="1078524" cy="706022"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022 -teema">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -592,72 +650,73 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{91B17117-FCD9-41BD-93E2-48DC5D7E63F2}">
   <dimension ref="A1:C74"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A69" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="A74" sqref="A74"/>
+    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="B33" sqref="B33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4"/>
   <cols>
     <col min="1" max="1" width="72" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.33203125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="10.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
+      <c r="B1" s="1"/>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="28.8">
       <c r="A5" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4" t="s">
         <v>24</v>
@@ -1185,58 +1244,57 @@
         <v>6</v>
       </c>
       <c r="B70" s="7"/>
       <c r="C70" s="6"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B71" s="7"/>
       <c r="C71" s="6"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B72" s="5">
         <f>SUM(B39:B71)</f>
         <v>0</v>
       </c>
       <c r="C72" s="5">
         <f>SUM(C39:C71)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:3" ht="36">
-[...2 lines deleted...]
-      </c>
+    <row r="74" spans="1:3" ht="18">
+      <c r="A74" s="15"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Laskentataulukot</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>